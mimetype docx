--- v0 (2025-11-04)
+++ v1 (2025-12-16)
@@ -12,51 +12,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="07BEBD2A" w14:textId="009A4462" w:rsidR="00D15ACF" w:rsidRPr="00DC7F18" w:rsidRDefault="00CD0185" w:rsidP="005D5422">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DD3CC7" w:rsidRPr="00DC7F18">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
@@ -358,108 +358,108 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00DD3CC7" w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">bjectives: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43A092FD" w14:textId="606041A0" w:rsidR="00A5514D" w:rsidRPr="00A5514D" w:rsidRDefault="00A5514D" w:rsidP="00A5514D">
+    <w:p w14:paraId="43A092FD" w14:textId="0647433C" w:rsidR="00A5514D" w:rsidRPr="00A5514D" w:rsidRDefault="00A5514D" w:rsidP="00A5514D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5514D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Students will identify rules and procedures in place on campus that keep students safe</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="0233CC08" w14:textId="2A56C5F3" w:rsidR="00A5514D" w:rsidRPr="00A5514D" w:rsidRDefault="00A5514D" w:rsidP="00A5514D">
+        <w:t xml:space="preserve">Students will identify </w:t>
+      </w:r>
+      <w:r w:rsidR="00E35FB1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>school rules and safety procedures designed to protect students and staff</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0233CC08" w14:textId="017AD64B" w:rsidR="00A5514D" w:rsidRPr="00A5514D" w:rsidRDefault="00A5514D" w:rsidP="00A5514D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5514D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Students will learn what precautions are being taken to protect the school community</w:t>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">Students will </w:t>
+      </w:r>
+      <w:r w:rsidR="00E35FB1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>understand the purpose of each procedure and the precautions taken to ensure safety</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="738DF7A3" w14:textId="77777777" w:rsidR="00C8231F" w:rsidRPr="00135563" w:rsidRDefault="00C8231F" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28620EB8" w14:textId="415A089E" w:rsidR="002D52B2" w:rsidRPr="001B0993" w:rsidRDefault="002D52B2" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk146786023"/>
       <w:r w:rsidRPr="001B0993">
         <w:rPr>
           <w:b/>
@@ -552,219 +552,321 @@
       </w:r>
       <w:r w:rsidR="00E7236D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FB9839B" w14:textId="77777777" w:rsidR="00A5514D" w:rsidRPr="00A5514D" w:rsidRDefault="00A5514D" w:rsidP="00A5514D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk211518375"/>
       <w:r w:rsidRPr="00A5514D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Large poster paper and markers for each group</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AFAC8E6" w14:textId="7C5C843A" w:rsidR="00A5514D" w:rsidRPr="00A5514D" w:rsidRDefault="00A5514D" w:rsidP="00A5514D">
+    <w:p w14:paraId="0D718F8B" w14:textId="3C654DD7" w:rsidR="00E35FB1" w:rsidRDefault="00E35FB1" w:rsidP="00A5514D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5514D">
-[...24 lines deleted...]
-    <w:p w14:paraId="778C324D" w14:textId="3C6D6044" w:rsidR="00A5514D" w:rsidRPr="00A5514D" w:rsidRDefault="00A5514D" w:rsidP="00A5514D">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Safety Procedures, 1 procedure per group</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AFAC8E6" w14:textId="3FE86FAA" w:rsidR="00A5514D" w:rsidRPr="00A5514D" w:rsidRDefault="004B273C" w:rsidP="00A5514D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk210050404"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Your school’s student handbook or code of conduct</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="00DC5F1B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 1 per group</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5514D" w:rsidRPr="00A5514D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="778C324D" w14:textId="0B869EF4" w:rsidR="00A5514D" w:rsidRDefault="0045137F" w:rsidP="00A5514D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sticky Note</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5F1B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 1 per student</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A94CAF" w14:textId="77777777" w:rsidR="00E35FB1" w:rsidRDefault="00E35FB1" w:rsidP="00E35FB1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C78B0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Prior to the lesson:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB986A9" w14:textId="0092F09E" w:rsidR="00E35FB1" w:rsidRPr="004B273C" w:rsidRDefault="00E35FB1" w:rsidP="00E35FB1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Write down Safety Procedures your school uses, make sure there are enough for each group to have their own procedure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A8C3AF" w14:textId="746B4E2D" w:rsidR="004B273C" w:rsidRPr="00E35FB1" w:rsidRDefault="004B273C" w:rsidP="00E35FB1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Print enough copies of your school’s student handbook or code of conduct for each group to receive a copy</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A5514D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Exit Ticket</w:t>
-[...9 lines deleted...]
-    </w:p>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="78A05A9D" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AC141EE" w14:textId="068D241E" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
+    <w:p w14:paraId="3AC141EE" w14:textId="44602C2C" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Timeframe: </w:t>
       </w:r>
-      <w:r w:rsidR="00A5514D">
+      <w:r w:rsidR="003846DE">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00DC5F1B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00A5514D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D15ACF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Minutes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="230B298B" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E458A6A" w14:textId="77777777" w:rsidR="002F4051" w:rsidRPr="002F4051" w:rsidRDefault="002F4051" w:rsidP="002F4051">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk146786075"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk146786075"/>
       <w:r w:rsidRPr="002F4051">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Team Teaching:</w:t>
       </w:r>
       <w:r w:rsidRPr="002F4051">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  For effective implementation of Law Related Education (LRE), team teach with the classroom teacher by…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53DE241A" w14:textId="77777777" w:rsidR="00E7236D" w:rsidRPr="00CB37FF" w:rsidRDefault="00E7236D" w:rsidP="00E7236D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -783,1267 +885,1507 @@
         <w:t xml:space="preserve">Having both the officer and teacher rotate among students and to different groups. Both instructors will provide positive feedback and engage in friendly conversations with students. This procedure will help reduce classroom disruptions, increase student engagement, and build supportive relationships with students. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C1BE50C" w14:textId="77777777" w:rsidR="00E7236D" w:rsidRPr="00CB37FF" w:rsidRDefault="00E7236D" w:rsidP="00E7236D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB37FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Encouraging classroom teachers to participate in all activities by injecting clarification statements by relating relevant content to their curriculum. In this method, students will see more connections to their student life and be willing to carry over concepts and skills learned in LRE.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="252EAA8B" w14:textId="77777777" w:rsidR="00E7236D" w:rsidRPr="00CB37FF" w:rsidRDefault="00E7236D" w:rsidP="00E7236D">
+    <w:p w14:paraId="34AB7EE4" w14:textId="5B746138" w:rsidR="002F4051" w:rsidRPr="00E35FB1" w:rsidRDefault="00E7236D" w:rsidP="00E842CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB37FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Assigning the classroom teacher part of the lesson instructions. Team teaching with the classroom teacher enables the students to further see the importance of LRE lessons. It also provides an opportunity for the classroom teacher to demonstrate teaching skills conducive for effective teaching. Student attention can be maintained more easily with different voices and personalities experienced throughout the lesson.</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="6E960EA9" w14:textId="77777777" w:rsidR="00A5514D" w:rsidRDefault="00E7236D" w:rsidP="00A5514D">
+        <w:t xml:space="preserve">Assigning the classroom teacher part of the lesson instructions. Team teaching with the classroom teacher enables the students to further see the importance of LRE lessons. It also provides an opportunity for the classroom teacher to demonstrate teaching skills conducive </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> effective teaching. Student attention can be maintained more easily with different voices and personalities experienced throughout the lesson</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B81DFE0" w14:textId="77777777" w:rsidR="00B5651D" w:rsidRDefault="00B5651D" w:rsidP="00A5514D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E960EA9" w14:textId="301A497C" w:rsidR="00A5514D" w:rsidRDefault="00E7236D" w:rsidP="00A5514D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lesson: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="425A8C4F" w14:textId="32A1A9CE" w:rsidR="00A5514D" w:rsidRDefault="00A5514D" w:rsidP="00A5514D">
+    <w:p w14:paraId="6A52B34B" w14:textId="1C93C0B5" w:rsidR="00E35FB1" w:rsidRDefault="00E35FB1" w:rsidP="00E35FB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A5514D">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00A5514D">
+      <w:r w:rsidRPr="006C79F5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Divide </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C79F5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">class into small groups of 3-4 students each. Provide each group with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C79F5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>large poster paper and markers.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="15912B52" w14:textId="68291706" w:rsidR="00C36AB7" w:rsidRDefault="00A5514D" w:rsidP="00277943">
+        <w:t>large poster paper, sticky notes, and markers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="310EE7A3" w14:textId="77777777" w:rsidR="00E35FB1" w:rsidRPr="00E35FB1" w:rsidRDefault="00E35FB1" w:rsidP="0045137F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E822DC">
-[...72 lines deleted...]
-    <w:p w14:paraId="5D387ECE" w14:textId="77777777" w:rsidR="007D1DC9" w:rsidRPr="004E6E90" w:rsidRDefault="007D1DC9" w:rsidP="007D1DC9">
+      <w:bookmarkStart w:id="5" w:name="_Hlk211518391"/>
+      <w:r w:rsidRPr="00E35FB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assign each group one </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E35FB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>safety procedure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E35FB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your school uses, such as:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42CD3788" w14:textId="77777777" w:rsidR="00E35FB1" w:rsidRDefault="00E35FB1" w:rsidP="00E35FB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:tabs>
-[...85 lines deleted...]
-    <w:p w14:paraId="589D9112" w14:textId="38587CF4" w:rsidR="007D1DC9" w:rsidRPr="00A5514D" w:rsidRDefault="007D1DC9" w:rsidP="007D1DC9">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E35FB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fire drills</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B135020" w14:textId="77777777" w:rsidR="00E35FB1" w:rsidRDefault="00E35FB1" w:rsidP="00E35FB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="27"/>
         </w:numPr>
-        <w:tabs>
-[...20 lines deleted...]
-    <w:p w14:paraId="723A9611" w14:textId="2D308D01" w:rsidR="00277943" w:rsidRPr="004E6E90" w:rsidRDefault="007D1DC9" w:rsidP="004E6E90">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E35FB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lockdowns</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C1F55F0" w14:textId="75205212" w:rsidR="00E35FB1" w:rsidRDefault="00E35FB1" w:rsidP="00E35FB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...128 lines deleted...]
-    <w:p w14:paraId="4E13252D" w14:textId="02B92AC7" w:rsidR="00277943" w:rsidRPr="004E6E90" w:rsidRDefault="00277943" w:rsidP="00277943">
+      <w:r w:rsidRPr="00E35FB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wearing student IDs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="775F9743" w14:textId="77777777" w:rsidR="00E35FB1" w:rsidRDefault="00E35FB1" w:rsidP="00E35FB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...102 lines deleted...]
-    <w:p w14:paraId="30103FD0" w14:textId="20D0769C" w:rsidR="00C36AB7" w:rsidRPr="004E6E90" w:rsidRDefault="00C36AB7" w:rsidP="00277943">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E35FB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Secured campus entrances (locked doors/gates)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69E7C168" w14:textId="77777777" w:rsidR="00E35FB1" w:rsidRDefault="00E35FB1" w:rsidP="00E35FB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...30 lines deleted...]
-    <w:p w14:paraId="7B6E14DE" w14:textId="28F72A8F" w:rsidR="00C36AB7" w:rsidRPr="004E6E90" w:rsidRDefault="00C36AB7" w:rsidP="00277943">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E35FB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Visitor check-in process</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B5BBDC" w14:textId="629E31C2" w:rsidR="00E35FB1" w:rsidRDefault="00E35FB1" w:rsidP="00E35FB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...14 lines deleted...]
-    <w:p w14:paraId="26C57FE1" w14:textId="41A45104" w:rsidR="00A5514D" w:rsidRPr="004E6E90" w:rsidRDefault="00C36AB7" w:rsidP="004E6E90">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E35FB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Emergency evacuation plans</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF35318" w14:textId="23EC8CC2" w:rsidR="00D259E7" w:rsidRDefault="00D259E7" w:rsidP="00E35FB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Once all groups have shared, ask them to </w:t>
-[...50 lines deleted...]
-    <w:p w14:paraId="393ED380" w14:textId="3A44B795" w:rsidR="009631B9" w:rsidRPr="009631B9" w:rsidRDefault="00A5514D" w:rsidP="009631B9">
+        <w:t>All medicine must go through the school nurse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF3D192" w14:textId="26805B52" w:rsidR="004A495D" w:rsidRPr="00E35FB1" w:rsidRDefault="004A495D" w:rsidP="00E35FB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009631B9">
-[...16 lines deleted...]
-    <w:p w14:paraId="0E31D809" w14:textId="57C4F02D" w:rsidR="00A5514D" w:rsidRPr="009631B9" w:rsidRDefault="00CA70EA" w:rsidP="009631B9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No student deliveries </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>allowed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (door dash, flowers, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15912B52" w14:textId="11CE3298" w:rsidR="00C36AB7" w:rsidRPr="00E35FB1" w:rsidRDefault="00277943" w:rsidP="00E35FB1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="2BE28614" w14:textId="2C3E70B4" w:rsidR="009631B9" w:rsidRPr="009631B9" w:rsidRDefault="00022E64" w:rsidP="009631B9">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E35FB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5651D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>NOTE: The f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E35FB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">acilitator should </w:t>
+      </w:r>
+      <w:r w:rsidR="004A495D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E35FB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5651D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>procedures</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E35FB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specific to their school).</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5514D" w:rsidRPr="00E35FB1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D17E8F3" w14:textId="2D1E37C2" w:rsidR="004B273C" w:rsidRPr="004B273C" w:rsidRDefault="007D1DC9" w:rsidP="0045137F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="26"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...13 lines deleted...]
-      <w:r w:rsidR="00CA70EA" w:rsidRPr="009631B9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>e</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A5514D" w:rsidRPr="009631B9">
+      </w:pPr>
+      <w:r w:rsidRPr="00B6769A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Provide</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> each</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6769A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>group with a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5514D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> copy of </w:t>
+      </w:r>
+      <w:r w:rsidR="004B273C" w:rsidRPr="004B273C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>xit ticket</w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="1D30B5E0" w14:textId="21AAAE04" w:rsidR="00A5514D" w:rsidRPr="009631B9" w:rsidRDefault="00CA70EA" w:rsidP="009631B9">
+        <w:t>your school’s student handbook or code of conduct</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5514D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04A3B3F0" w14:textId="00BFE126" w:rsidR="004B273C" w:rsidRPr="004B273C" w:rsidRDefault="004B273C" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instruct groups to find the section </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5651D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>related to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their assigned safety procedure. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00CC4EBA" w14:textId="7F71832D" w:rsidR="004B273C" w:rsidRPr="004B273C" w:rsidRDefault="004B273C" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>groups</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> time to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>discuss then report out</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F4DBDC" w14:textId="6761840C" w:rsidR="004B273C" w:rsidRPr="004B273C" w:rsidRDefault="004B273C" w:rsidP="004B273C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the procedure is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004A495D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A359CC" w14:textId="23139F38" w:rsidR="004B273C" w:rsidRPr="004B273C" w:rsidRDefault="004B273C" w:rsidP="004B273C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the school’s expectations are</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004A495D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B8A201" w14:textId="0A581510" w:rsidR="004B273C" w:rsidRPr="004B273C" w:rsidRDefault="004B273C" w:rsidP="004B273C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The group’s opinion on </w:t>
+      </w:r>
+      <w:r w:rsidR="0045137F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>whether</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the procedure is necessary for safety</w:t>
+      </w:r>
+      <w:r w:rsidR="004A495D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BCEF507" w14:textId="0177D738" w:rsidR="004B273C" w:rsidRDefault="007D1DC9" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">After all groups have reported out, inform them that they will now </w:t>
+      </w:r>
+      <w:r w:rsidR="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">use their </w:t>
+      </w:r>
+      <w:r w:rsidR="004B273C" w:rsidRPr="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>large poster paper and markers</w:t>
+      </w:r>
+      <w:r w:rsidR="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to create a poster of their </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5651D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">assigned safety </w:t>
+      </w:r>
+      <w:r w:rsidR="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">procedure. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC82CE6" w14:textId="09AE4BC8" w:rsidR="004B273C" w:rsidRDefault="004B273C" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Each poster should include the following</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5651D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sections</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75DE10BC" w14:textId="51AE06B8" w:rsidR="004B273C" w:rsidRPr="004B273C" w:rsidRDefault="00B5651D" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r w:rsidR="004B273C" w:rsidRPr="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1: “Procedures”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6334FDFF" w14:textId="77777777" w:rsidR="004B273C" w:rsidRPr="004B273C" w:rsidRDefault="004B273C" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>List all the steps involved in following the safety rule.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="030109AA" w14:textId="75109138" w:rsidR="004B273C" w:rsidRPr="004B273C" w:rsidRDefault="00B5651D" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r w:rsidR="004B273C" w:rsidRPr="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2: “Why?”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DC730E" w14:textId="77777777" w:rsidR="004B273C" w:rsidRPr="004B273C" w:rsidRDefault="004B273C" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Explain the reasons this procedure exists and how it helps keep people safe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7936D80C" w14:textId="1F563EC6" w:rsidR="004B273C" w:rsidRPr="004B273C" w:rsidRDefault="00B5651D" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section </w:t>
+      </w:r>
+      <w:r w:rsidR="004B273C" w:rsidRPr="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3: “What If?”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="779C1F76" w14:textId="77777777" w:rsidR="0045137F" w:rsidRDefault="0045137F" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="004B273C" w:rsidRPr="004B273C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>magine what might happen if this procedure didn’t exist or wasn’t followed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0E9226" w14:textId="063632FD" w:rsidR="00C04D9C" w:rsidRDefault="00C04D9C" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Section 4: “Student Success”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30F65621" w14:textId="1FA4B4CE" w:rsidR="00C04D9C" w:rsidRDefault="00C04D9C" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Why are students important for the success of this safety rule?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B415525" w14:textId="6D20933E" w:rsidR="0045137F" w:rsidRPr="0045137F" w:rsidRDefault="0045137F" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045137F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All group members will participate and contribute to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the poster</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045137F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. They will have 7 minutes to complete the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>poster</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045137F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. One group member will start drawing/writing and once a minute is up, they will pass the marker to the next group member. This will continue every minute until the 7 minutes is up and all group members have contributed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6253106F" w14:textId="21D83060" w:rsidR="0045137F" w:rsidRPr="00B5651D" w:rsidRDefault="00B5651D" w:rsidP="0045137F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009631B9">
-[...147 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="00B5651D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0045137F" w:rsidRPr="00B5651D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NOTE: all members will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0045137F" w:rsidRPr="00B5651D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>contribute to the content of the poster at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0045137F" w:rsidRPr="00B5651D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. The writer/illustrator changes but every member of the group should help the writer with ideas.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B5651D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B6E14DE" w14:textId="7145523E" w:rsidR="00C36AB7" w:rsidRPr="00B5651D" w:rsidRDefault="0045137F" w:rsidP="00B5651D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045137F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Once the time is up, each group </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will present their poster to the class</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5651D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5651D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00022E64">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5651D" w:rsidRPr="00B5651D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00C36AB7" w:rsidRPr="00B5651D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s the facilitator, provide more information where necessary. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7190673D" w14:textId="789BF78D" w:rsidR="0045137F" w:rsidRDefault="00B5651D" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Lead a group discussion with the following questions</w:t>
+      </w:r>
+      <w:r w:rsidR="0045137F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="704C3F5A" w14:textId="58FB4AC6" w:rsidR="0045137F" w:rsidRPr="0045137F" w:rsidRDefault="0045137F" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045137F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Did anything surprise you about these procedures?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5535BEBD" w14:textId="6601376E" w:rsidR="0045137F" w:rsidRPr="0045137F" w:rsidRDefault="0045137F" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045137F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Which procedures feel most important to you now?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11303F7F" w14:textId="577BDD90" w:rsidR="0045137F" w:rsidRPr="0045137F" w:rsidRDefault="0045137F" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045137F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>What responsibility do students have in keeping the school safe?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68CCC7E2" w14:textId="09A8832D" w:rsidR="0045137F" w:rsidRPr="0045137F" w:rsidRDefault="0045137F" w:rsidP="0045137F">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045137F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Debrief the lesson by giving each student a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045137F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Preventing Dangerous Situations in School Academy</w:t>
-[...187 lines deleted...]
-    <w:p w14:paraId="4243C454" w14:textId="365CE1CB" w:rsidR="00EC1199" w:rsidRDefault="00EC1199">
+        <w:t>sticky note</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045137F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Have </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0045137F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>them</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0045137F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009631B9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">draw or write how they feel </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045137F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>about school safety procedures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D30B5E0" w14:textId="294F952A" w:rsidR="00A5514D" w:rsidRPr="0045137F" w:rsidRDefault="0045137F" w:rsidP="009631B9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045137F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Collect sticky notes as students exit the class and review to ensure they understand the content.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="345E30E7" w14:textId="77777777" w:rsidR="00B02B89" w:rsidRDefault="00B02B89" w:rsidP="00B02B89">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4212377D" w14:textId="77777777" w:rsidR="00EC1199" w:rsidRDefault="00B02B89">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E62145E" w14:textId="77777777" w:rsidR="00EC1199" w:rsidRPr="00DC7F18" w:rsidRDefault="00EC1199" w:rsidP="00EC1199">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC7F18">
@@ -2492,76 +2834,76 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00767857" w:rsidRPr="00135563" w:rsidSect="00FD3175">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="288" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="thinThickMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:left w:val="thinThickMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:bottom w:val="thickThinMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:right w:val="thickThinMediumGap" w:sz="12" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="611E4AD2" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6425EC1D" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2577,102 +2919,110 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="380BEBE7" w14:textId="6A45FE62" w:rsidR="00DD3CC7" w:rsidRPr="001F3FAB" w:rsidRDefault="00DD3CC7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="380BEBE7" w14:textId="7D98D574" w:rsidR="00DD3CC7" w:rsidRPr="001F3FAB" w:rsidRDefault="00DD3CC7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="thinThickSmallGap" w:sz="24" w:space="1" w:color="622423" w:themeColor="accent2" w:themeShade="7F"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Arizona Foundation for Legal Services and Education  </w:t>
     </w:r>
     <w:r w:rsidR="001B57D3" w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">                         </w:t>
     </w:r>
-    <w:r w:rsidR="00022E64">
+    <w:r w:rsidR="003846DE">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>January</w:t>
+      <w:t>November</w:t>
     </w:r>
     <w:r w:rsidR="00D15ACF">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve">, </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00022E64">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>2024</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="003846DE">
+      <w:rPr>
+        <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -2698,76 +3048,76 @@
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3C65BB8F" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRDefault="00DD3CC7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6F6BB41C" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="48A53959" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="032251CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C2468EC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -3715,50 +4065,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20632299"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="13502F6E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A657C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="426818D6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3827,54 +4290,54 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B2E1E2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C366DBE6"/>
+    <w:tmpl w:val="4C386D2A"/>
     <w:lvl w:ilvl="0" w:tplc="C6E0275C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
@@ -3918,51 +4381,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3DDB2ADA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00249CC4"/>
     <w:lvl w:ilvl="0" w:tplc="8242B5DA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4008,51 +4471,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="464B759C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8B80529A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4157,51 +4620,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B467F3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69C4E816"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4270,51 +4733,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51A61BC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9130529A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4383,51 +4846,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52DF7D32"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5EC06948"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4496,51 +4959,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53F76BC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F356BF04"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4582,51 +5045,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8640" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9360" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57A76FB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5488CA4"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4668,51 +5131,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57E83417"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="548AC96A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4817,51 +5280,164 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F5D2A9C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C91CBBF2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61681F0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CFC2452"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4903,51 +5479,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63E47A45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B1A3B44"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5016,51 +5592,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67AD19DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="374A6AFE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5102,51 +5678,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6ABE3771"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="548AC96A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5251,51 +5827,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78005949"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18280EE4"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5337,51 +5913,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B2620CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1F46E42"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -5428,51 +6004,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D2542FC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="21B223CC"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D934603"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26C253BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -5542,363 +6231,390 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1604453888">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1345598185">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="843592318">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1486125867">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2010206926">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1425568478">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="265042014">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2133815192">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="512384444">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="302776394">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="307980689">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1750544709">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="219293783">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1916554064">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="558638107">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="509032057">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1746219410">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="203559819">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="674847208">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="665018497">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1822575971">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="51849528">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="763839949">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="347681794">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="891505678">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="91050988">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="2099398467">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1286623914">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1349134814">
+    <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B02B89"/>
     <w:rsid w:val="00016A77"/>
     <w:rsid w:val="00022E64"/>
     <w:rsid w:val="000243D2"/>
     <w:rsid w:val="00073638"/>
     <w:rsid w:val="000C2FB9"/>
     <w:rsid w:val="000D345C"/>
     <w:rsid w:val="0010781D"/>
     <w:rsid w:val="001257DE"/>
     <w:rsid w:val="00135563"/>
     <w:rsid w:val="00154CB5"/>
     <w:rsid w:val="00160A11"/>
     <w:rsid w:val="00190D84"/>
     <w:rsid w:val="001A7902"/>
     <w:rsid w:val="001B57D3"/>
     <w:rsid w:val="001C7682"/>
     <w:rsid w:val="001F3FAB"/>
     <w:rsid w:val="001F7F87"/>
     <w:rsid w:val="00201227"/>
     <w:rsid w:val="00205985"/>
     <w:rsid w:val="00211499"/>
     <w:rsid w:val="002323F1"/>
     <w:rsid w:val="00277943"/>
     <w:rsid w:val="00280645"/>
     <w:rsid w:val="00282F65"/>
+    <w:rsid w:val="002B25E1"/>
     <w:rsid w:val="002C2C9A"/>
+    <w:rsid w:val="002D2243"/>
     <w:rsid w:val="002D52B2"/>
     <w:rsid w:val="002F4051"/>
     <w:rsid w:val="00346335"/>
     <w:rsid w:val="003746EA"/>
+    <w:rsid w:val="003846DE"/>
     <w:rsid w:val="003864BE"/>
     <w:rsid w:val="003909D8"/>
     <w:rsid w:val="00391C14"/>
     <w:rsid w:val="00407C2B"/>
     <w:rsid w:val="00412D98"/>
     <w:rsid w:val="004409AB"/>
     <w:rsid w:val="00441985"/>
     <w:rsid w:val="00447F51"/>
+    <w:rsid w:val="0045137F"/>
     <w:rsid w:val="00467D85"/>
     <w:rsid w:val="00483E22"/>
+    <w:rsid w:val="004A495D"/>
+    <w:rsid w:val="004B273C"/>
     <w:rsid w:val="004C1842"/>
     <w:rsid w:val="004C3A07"/>
     <w:rsid w:val="004C4E8D"/>
     <w:rsid w:val="004C78EF"/>
+    <w:rsid w:val="004D360B"/>
     <w:rsid w:val="004E6E90"/>
     <w:rsid w:val="004F3387"/>
+    <w:rsid w:val="00567039"/>
     <w:rsid w:val="005738D7"/>
     <w:rsid w:val="00580D73"/>
     <w:rsid w:val="00582C01"/>
     <w:rsid w:val="005C1E4E"/>
     <w:rsid w:val="005D5422"/>
     <w:rsid w:val="006046EB"/>
     <w:rsid w:val="00613078"/>
     <w:rsid w:val="006172F8"/>
     <w:rsid w:val="0062679B"/>
     <w:rsid w:val="00627053"/>
     <w:rsid w:val="006349C5"/>
     <w:rsid w:val="00634BCB"/>
     <w:rsid w:val="00637E53"/>
     <w:rsid w:val="006630C6"/>
     <w:rsid w:val="0066398A"/>
     <w:rsid w:val="006642E6"/>
     <w:rsid w:val="0066538A"/>
     <w:rsid w:val="0067693C"/>
     <w:rsid w:val="00683535"/>
     <w:rsid w:val="006916E9"/>
     <w:rsid w:val="00692680"/>
     <w:rsid w:val="00692A50"/>
     <w:rsid w:val="006B58DB"/>
     <w:rsid w:val="006C0D37"/>
     <w:rsid w:val="006C2577"/>
     <w:rsid w:val="006F063F"/>
     <w:rsid w:val="00702EF8"/>
+    <w:rsid w:val="007235B9"/>
+    <w:rsid w:val="007339A2"/>
     <w:rsid w:val="00757F51"/>
     <w:rsid w:val="00767857"/>
     <w:rsid w:val="00770754"/>
     <w:rsid w:val="00793882"/>
+    <w:rsid w:val="007A3093"/>
     <w:rsid w:val="007D1DC9"/>
     <w:rsid w:val="007D30A2"/>
     <w:rsid w:val="007E53A7"/>
     <w:rsid w:val="00805074"/>
     <w:rsid w:val="008122E3"/>
     <w:rsid w:val="00813143"/>
     <w:rsid w:val="00817815"/>
+    <w:rsid w:val="008224D8"/>
     <w:rsid w:val="00842A95"/>
     <w:rsid w:val="00884D7F"/>
     <w:rsid w:val="008C7DD0"/>
     <w:rsid w:val="008E20E2"/>
     <w:rsid w:val="009013A1"/>
     <w:rsid w:val="009070E8"/>
     <w:rsid w:val="009302B3"/>
     <w:rsid w:val="00944671"/>
     <w:rsid w:val="009631B9"/>
     <w:rsid w:val="0096500A"/>
     <w:rsid w:val="00971B3C"/>
     <w:rsid w:val="009753F0"/>
     <w:rsid w:val="00977A39"/>
     <w:rsid w:val="009A2EBF"/>
     <w:rsid w:val="009B25EF"/>
     <w:rsid w:val="009C0F69"/>
     <w:rsid w:val="009C5929"/>
     <w:rsid w:val="009D0224"/>
     <w:rsid w:val="009F0F50"/>
     <w:rsid w:val="00A01395"/>
     <w:rsid w:val="00A1490D"/>
     <w:rsid w:val="00A44C66"/>
     <w:rsid w:val="00A5514D"/>
     <w:rsid w:val="00A567E2"/>
     <w:rsid w:val="00A5798A"/>
     <w:rsid w:val="00A6454B"/>
     <w:rsid w:val="00A94926"/>
     <w:rsid w:val="00B02B89"/>
     <w:rsid w:val="00B12631"/>
     <w:rsid w:val="00B25894"/>
     <w:rsid w:val="00B2700F"/>
     <w:rsid w:val="00B30353"/>
     <w:rsid w:val="00B52E2D"/>
+    <w:rsid w:val="00B5651D"/>
     <w:rsid w:val="00B57020"/>
     <w:rsid w:val="00BA1AFE"/>
     <w:rsid w:val="00BC1420"/>
     <w:rsid w:val="00BE1B92"/>
     <w:rsid w:val="00BE23CC"/>
     <w:rsid w:val="00BE317A"/>
     <w:rsid w:val="00BE6086"/>
     <w:rsid w:val="00C0030B"/>
+    <w:rsid w:val="00C04D9C"/>
     <w:rsid w:val="00C33E6E"/>
     <w:rsid w:val="00C347FB"/>
     <w:rsid w:val="00C36AB7"/>
     <w:rsid w:val="00C43654"/>
     <w:rsid w:val="00C622DA"/>
     <w:rsid w:val="00C63EFC"/>
     <w:rsid w:val="00C8231F"/>
     <w:rsid w:val="00CA70EA"/>
     <w:rsid w:val="00CB6EBF"/>
     <w:rsid w:val="00CC3DF5"/>
     <w:rsid w:val="00CD0185"/>
     <w:rsid w:val="00CF6F52"/>
+    <w:rsid w:val="00D00330"/>
     <w:rsid w:val="00D06DB1"/>
     <w:rsid w:val="00D15ACF"/>
+    <w:rsid w:val="00D259E7"/>
     <w:rsid w:val="00D32C21"/>
     <w:rsid w:val="00D468D3"/>
     <w:rsid w:val="00D6505C"/>
     <w:rsid w:val="00D833C0"/>
     <w:rsid w:val="00D84C8D"/>
     <w:rsid w:val="00D95427"/>
     <w:rsid w:val="00DB777F"/>
     <w:rsid w:val="00DC0544"/>
     <w:rsid w:val="00DC5F1B"/>
     <w:rsid w:val="00DC7F18"/>
     <w:rsid w:val="00DD3CC7"/>
     <w:rsid w:val="00DD7F10"/>
     <w:rsid w:val="00DF2124"/>
     <w:rsid w:val="00DF2927"/>
     <w:rsid w:val="00E00A0D"/>
     <w:rsid w:val="00E234BC"/>
     <w:rsid w:val="00E26288"/>
     <w:rsid w:val="00E35E15"/>
+    <w:rsid w:val="00E35FB1"/>
     <w:rsid w:val="00E53013"/>
     <w:rsid w:val="00E7236D"/>
     <w:rsid w:val="00E822DC"/>
     <w:rsid w:val="00E842CC"/>
     <w:rsid w:val="00E8540B"/>
     <w:rsid w:val="00E86788"/>
     <w:rsid w:val="00E9344E"/>
     <w:rsid w:val="00E962DD"/>
     <w:rsid w:val="00EA37F0"/>
     <w:rsid w:val="00EB0D8E"/>
     <w:rsid w:val="00EC1199"/>
     <w:rsid w:val="00EF3E2B"/>
     <w:rsid w:val="00F05208"/>
     <w:rsid w:val="00F16AD8"/>
     <w:rsid w:val="00F30198"/>
     <w:rsid w:val="00F50DF2"/>
     <w:rsid w:val="00F748ED"/>
     <w:rsid w:val="00FC36B0"/>
     <w:rsid w:val="00FD115E"/>
     <w:rsid w:val="00FD3175"/>
+    <w:rsid w:val="00FD4C35"/>
     <w:rsid w:val="00FE4761"/>
     <w:rsid w:val="00FF11D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6C0F4E22"/>
   <w15:docId w15:val="{4F9963CA-BBC6-4557-9E04-A05D200D8100}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6514,51 +7230,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A5514D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006C0D37"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="61681256">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="118037656">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6661,87 +7377,87 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="192B74046782404D927B71A0898EF11A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1F6636E8-DE1A-422B-A11F-B89312C3CCA3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E20F61" w:rsidRDefault="002A11D9" w:rsidP="002A11D9">
           <w:pPr>
             <w:pStyle w:val="192B74046782404D927B71A0898EF11A"/>
           </w:pPr>
           <w:r w:rsidRPr="00EE2CB9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -6753,102 +7469,112 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A11D9"/>
     <w:rsid w:val="002A11D9"/>
+    <w:rsid w:val="002B25E1"/>
+    <w:rsid w:val="002D2243"/>
+    <w:rsid w:val="00567039"/>
+    <w:rsid w:val="007339A2"/>
+    <w:rsid w:val="007A3093"/>
     <w:rsid w:val="00E20F61"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7257,51 +7983,51 @@
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002A11D9"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="192B74046782404D927B71A0898EF11A">
     <w:name w:val="192B74046782404D927B71A0898EF11A"/>
     <w:rsid w:val="002A11D9"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -7574,50 +8300,65 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4800617c-8abc-4513-8684-14d29e623f83">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001D68C54F14245A41ABB6A58E436808E3" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7e135111e5fb799507239e96199f7a6a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xmlns:ns3="4800617c-8abc-4513-8684-14d29e623f83" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7fd6e20374dea80c67ba280ef0ebe7d3" ns2:_="" ns3:_="">
     <xsd:import namespace="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <xsd:import namespace="4800617c-8abc-4513-8684-14d29e623f83"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -7816,141 +8557,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3E068F2-D67B-49E6-9E51-CA0DFB56C85A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F962F607-E10B-4226-910B-46B1FDC1A666}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
+    <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5674393A-9F75-4A16-A852-E5A3E79EEA8A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90929A4F-8993-4F2C-9255-44E3B039EFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4753</Characters>
+  <Pages>3</Pages>
+  <Words>862</Words>
+  <Characters>4790</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>117</Lines>
+  <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Arizona Bar Foundation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5575</CharactersWithSpaces>
+  <CharactersWithSpaces>5608</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Diana Strouth</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001D68C54F14245A41ABB6A58E436808E3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>