--- v0 (2025-11-04)
+++ v1 (2025-12-16)
@@ -12,51 +12,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="07BEBD2A" w14:textId="77777777" w:rsidR="00D15ACF" w:rsidRPr="00DC7F18" w:rsidRDefault="00DD3CC7" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC7F18">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CCFA99A" wp14:editId="05AA3FAE">
             <wp:extent cx="2051685" cy="954405"/>
             <wp:effectExtent l="0" t="0" r="5715" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="AFLSE w bar fdn"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -157,112 +157,134 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Preventing Dangerous Situations in School Academy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="447E29B9" w14:textId="77777777" w:rsidR="003F2891" w:rsidRPr="0099474A" w:rsidRDefault="003F2891" w:rsidP="003F2891">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099474A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Middle/High School)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37137AF8" w14:textId="376C04D9" w:rsidR="003F2891" w:rsidRPr="003F2891" w:rsidRDefault="003F2891" w:rsidP="003F2891">
+    <w:p w14:paraId="37137AF8" w14:textId="2B051DF9" w:rsidR="003F2891" w:rsidRPr="003F2891" w:rsidRDefault="003F2891" w:rsidP="003F2891">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2891">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">What is a </w:t>
+        <w:t xml:space="preserve">What is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00593CC1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Considered </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2891">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="00E5412B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2891">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">eapon on </w:t>
       </w:r>
       <w:r w:rsidR="00E5412B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2891">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ampus</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E5412B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2891">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lesson Plan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29B407D5" w14:textId="196E42B7" w:rsidR="00205985" w:rsidRPr="00E9344E" w:rsidRDefault="00E9344E" w:rsidP="003F2891">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -427,151 +449,109 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00DD3CC7" w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">bjectives: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A940F3A" w14:textId="2F8B1B36" w:rsidR="003F2891" w:rsidRPr="003F2891" w:rsidRDefault="003F2891" w:rsidP="003F2891">
+    <w:p w14:paraId="1526572A" w14:textId="77777777" w:rsidR="00593CC1" w:rsidRPr="003F2891" w:rsidRDefault="00593CC1" w:rsidP="00593CC1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk155690423"/>
       <w:r w:rsidRPr="003F2891">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Students will be able to understand </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> consequences of bringing a weapon to campus.</w:t>
+        <w:t>Students will be able to identify dangerous instruments</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D1926F8" w14:textId="4DC985EC" w:rsidR="003F2891" w:rsidRPr="003F2891" w:rsidRDefault="003F2891" w:rsidP="003F2891">
+    <w:p w14:paraId="6A940F3A" w14:textId="7E5B922D" w:rsidR="003F2891" w:rsidRPr="003F2891" w:rsidRDefault="003F2891" w:rsidP="003F2891">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2891">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Students will be able to identify dangerous instruments</w:t>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">Students will be able to understand </w:t>
+      </w:r>
+      <w:r w:rsidR="00E35868" w:rsidRPr="003F2891">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the legal</w:t>
       </w:r>
       <w:r w:rsidRPr="003F2891">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> </w:t>
-[...27 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> consequences of bringing a weapon to campus</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="738DF7A3" w14:textId="77777777" w:rsidR="00C8231F" w:rsidRPr="00135563" w:rsidRDefault="00C8231F" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28620EB8" w14:textId="481CF91C" w:rsidR="002D52B2" w:rsidRPr="001B0993" w:rsidRDefault="002D52B2" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk146786023"/>
       <w:r w:rsidRPr="001B0993">
         <w:rPr>
@@ -652,198 +632,313 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Materials:</w:t>
       </w:r>
       <w:r w:rsidR="00E7236D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC85C65" w14:textId="77777777" w:rsidR="003F2891" w:rsidRDefault="003F2891" w:rsidP="003F2891">
+    <w:p w14:paraId="68B30636" w14:textId="77777777" w:rsidR="002C760F" w:rsidRDefault="002C760F" w:rsidP="002C760F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk211518693"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dry Erase Pocket Sleeve with blank paper inside for each group</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BC85C65" w14:textId="5653126E" w:rsidR="003F2891" w:rsidRPr="00C47075" w:rsidRDefault="002C760F" w:rsidP="00C47075">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dry erase markers for each group</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208D3AFA" w14:textId="540DE55B" w:rsidR="003F2891" w:rsidRPr="00175065" w:rsidRDefault="003F2891" w:rsidP="003F2891">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A33834">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Large poster paper and markers for each group</w:t>
+        <w:t>Scenarios</w:t>
+      </w:r>
+      <w:r w:rsidR="00C44D3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, 1 scenario per group</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="208D3AFA" w14:textId="540DE55B" w:rsidR="003F2891" w:rsidRPr="00A72AFF" w:rsidRDefault="003F2891" w:rsidP="003F2891">
+    <w:p w14:paraId="5123E1B5" w14:textId="394C3D6B" w:rsidR="00175065" w:rsidRPr="00175065" w:rsidRDefault="00175065" w:rsidP="00175065">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0086745F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Facilitator Guide, 1 per facilitator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F887020" w14:textId="489D15C5" w:rsidR="00A72AFF" w:rsidRPr="006412E1" w:rsidRDefault="00A72AFF" w:rsidP="003F2891">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A33834">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Scenarios</w:t>
-[...6 lines deleted...]
-        <w:t>, 1 scenario per group</w:t>
+        <w:t>Sticky note, 1 per student</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F887020" w14:textId="489D15C5" w:rsidR="00A72AFF" w:rsidRPr="00E5412B" w:rsidRDefault="00A72AFF" w:rsidP="003F2891">
-[...1 lines deleted...]
-        <w:pStyle w:val="NormalWeb"/>
+    <w:p w14:paraId="228897EA" w14:textId="5DAD664B" w:rsidR="006412E1" w:rsidRPr="006412E1" w:rsidRDefault="006412E1" w:rsidP="006412E1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006412E1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Prior to the lesson:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D4DFDD3" w14:textId="3C277EF1" w:rsidR="004A77D7" w:rsidRPr="006412E1" w:rsidRDefault="004A77D7" w:rsidP="006412E1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="48"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...11 lines deleted...]
-        <w:t>Sticky note, 1 per student</w:t>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006412E1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Review the school’s policy for </w:t>
+      </w:r>
+      <w:r w:rsidR="006412E1" w:rsidRPr="006412E1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bringing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006412E1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dangerous weapons on campus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A05A9D" w14:textId="78902159" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="003F2891">
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="087C2CE3" w14:textId="77777777" w:rsidR="004A77D7" w:rsidRPr="00441985" w:rsidRDefault="004A77D7" w:rsidP="004A77D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AC141EE" w14:textId="5F2707AF" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
+    <w:p w14:paraId="3AC141EE" w14:textId="16EFFDC3" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Timeframe: </w:t>
       </w:r>
+      <w:r w:rsidR="00593CC1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
       <w:r w:rsidR="003F2891">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">50 </w:t>
+        <w:t xml:space="preserve">0 </w:t>
       </w:r>
       <w:r w:rsidR="00D15ACF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Minutes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="230B298B" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E458A6A" w14:textId="77777777" w:rsidR="002F4051" w:rsidRPr="002F4051" w:rsidRDefault="002F4051" w:rsidP="002F4051">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk146786075"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk146786075"/>
       <w:r w:rsidRPr="002F4051">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Team Teaching:</w:t>
       </w:r>
       <w:r w:rsidRPr="002F4051">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  For effective implementation of Law Related Education (LRE), team teach with the classroom teacher by…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53DE241A" w14:textId="77777777" w:rsidR="00E7236D" w:rsidRPr="00CB37FF" w:rsidRDefault="00E7236D" w:rsidP="00E7236D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -888,7107 +983,1522 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB37FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Assigning the classroom teacher part of the lesson instructions. Team teaching with the classroom teacher enables the students to further see the importance of LRE lessons. It also provides an opportunity for the classroom teacher to demonstrate teaching skills conducive for effective teaching. Student attention can be maintained more easily with different voices and personalities experienced throughout the lesson.</w:t>
+        <w:t xml:space="preserve">Assigning the classroom teacher part of the lesson instructions. Team teaching with the classroom teacher enables the students to further see the importance of LRE lessons. It also provides an opportunity for the classroom teacher to demonstrate teaching skills conducive </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> effective teaching. Student attention can be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maintained</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> more easily with different voices and personalities experienced throughout the lesson.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34AB7EE4" w14:textId="77777777" w:rsidR="002F4051" w:rsidRDefault="002F4051" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="12308B17" w14:textId="77777777" w:rsidR="00C7433B" w:rsidRDefault="00C7433B" w:rsidP="00E842CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BDB51AE" w14:textId="77777777" w:rsidR="006618B5" w:rsidRDefault="006618B5" w:rsidP="00E842CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="322FB9F6" w14:textId="712010C3" w:rsidR="00C8231F" w:rsidRPr="00E7236D" w:rsidRDefault="00E7236D" w:rsidP="00C8231F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk155769593"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk155769593"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lesson: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="13CBC0B4" w14:textId="6EF22AA2" w:rsidR="003F2891" w:rsidRPr="003F2891" w:rsidRDefault="003F2891" w:rsidP="003F2891">
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="13CBC0B4" w14:textId="6EBB9308" w:rsidR="003F2891" w:rsidRPr="003F2891" w:rsidRDefault="003F2891" w:rsidP="003F2891">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2891">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Divide students into small groups of 3 or 4 students each. Provide each group with </w:t>
       </w:r>
+      <w:r w:rsidR="002C760F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dry-erase pocket sleeve</w:t>
+      </w:r>
       <w:r w:rsidRPr="003F2891">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>large poster paper and markers</w:t>
+        <w:t xml:space="preserve"> and markers</w:t>
       </w:r>
       <w:r w:rsidR="0099474A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="003F2891">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AAC867F" w14:textId="02E21F52" w:rsidR="003F2891" w:rsidRPr="00541C60" w:rsidRDefault="003F2891" w:rsidP="003F2891">
-      <w:pPr>
+    <w:p w14:paraId="103473B2" w14:textId="00A2D6E8" w:rsidR="002C760F" w:rsidRPr="00FB4E54" w:rsidRDefault="002C760F" w:rsidP="002C760F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk211518710"/>
+      <w:r w:rsidRPr="00FB4E54">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Instruct the student who woke up the earliest in each group to </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>draw</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4E54">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4E54">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> columns on their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4E54">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:b/>
-          <w:bCs/>
-[...62 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dry-erase pocket sleeve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C760F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E5412B">
-[...134 lines deleted...]
-        <w:t xml:space="preserve"> section will be completed at the end of the lesson)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>labeled: ‘Know’ and ‘Learned’.</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...189 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="3F76F8A5" w14:textId="5B80E697" w:rsidR="00EA7B65" w:rsidRPr="00EA7B65" w:rsidRDefault="00EA7B65" w:rsidP="00EA7B65">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...29 lines deleted...]
-        <w:t>A.R.S. 13-105.12. "Dangerous instrument" means anything that under the circumstances in which it is used, attempted to be used or threatened to be used is readily capable of causing death or serious physical injury.</w:t>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">That student should then pass the sleeve to the student who woke </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>up</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the latest. This student will record the group’s responses in the “Know” column.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Note: The “Learned” column will be completed at the end of the lesson.)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="264B7C91" w14:textId="1848A040" w:rsidR="00EA7B65" w:rsidRDefault="002C760F" w:rsidP="001707F8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...84 lines deleted...]
-        <w:t xml:space="preserve"> Write the charge on the board.</w:t>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Give </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7B65" w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>groups</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F300D" w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2 minutes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to discuss and </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7B65" w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">write down what they already know </w:t>
+      </w:r>
+      <w:r w:rsidR="00854DD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>are considered</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7B65" w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dangerous weapons.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49EA13EC" w14:textId="5EA9BF38" w:rsidR="00D848B8" w:rsidRPr="00D848B8" w:rsidRDefault="00D848B8" w:rsidP="00D848B8">
-      <w:pPr>
+    <w:p w14:paraId="38C5311F" w14:textId="54608204" w:rsidR="002C760F" w:rsidRPr="00EA7B65" w:rsidRDefault="002C760F" w:rsidP="001707F8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...34 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The facilitator</w:t>
+      </w:r>
+      <w:r w:rsidR="006412E1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000F316D">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+      <w:r w:rsidR="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>circulate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the room to support groups, answer questions and keep discussions on track.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72FC3985" w14:textId="73A574DB" w:rsidR="006D7B40" w:rsidRPr="003F2891" w:rsidRDefault="00A43556" w:rsidP="00D848B8">
-      <w:pPr>
+    <w:p w14:paraId="7FFA3385" w14:textId="3F1F0C57" w:rsidR="002C760F" w:rsidRPr="00FB4E54" w:rsidRDefault="002C760F" w:rsidP="002C760F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB4E54">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Call on a few groups to share </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">their responses from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4E54">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘K</w:t>
+      </w:r>
+      <w:r w:rsidR="001F300D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>now</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4E54">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ </w:t>
+      </w:r>
+      <w:r w:rsidR="001F300D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4E54">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B97BB61" w14:textId="77777777" w:rsidR="00593CC1" w:rsidRDefault="00593CC1" w:rsidP="00593CC1">
+      <w:pPr>
         <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Now that the students have discussed what consequences they could face if they brought or used a weapon at school, inform them that they will now reflect on how weapons on campus impact others. </w:t>
+        <w:t xml:space="preserve">Facilitator Note- </w:t>
+      </w:r>
+      <w:r w:rsidR="003F2891" w:rsidRPr="003F2891">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Possible </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="003F2891" w:rsidRPr="003F2891">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nswers: baseball bats, scissors, knives, tools like hammers, heavy objects like pipes or rocks. Elaborate on their answers and clarify any misconceptions.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E35868">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA1C095" w14:textId="7B96DA11" w:rsidR="006E787E" w:rsidRPr="006E787E" w:rsidRDefault="006E787E" w:rsidP="00C44D3D">
+    <w:p w14:paraId="4BA38158" w14:textId="6D7654C6" w:rsidR="00EA7B65" w:rsidRDefault="00E35868" w:rsidP="00EA7B65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E787E">
-[...39 lines deleted...]
-        <w:t xml:space="preserve">Walk around to assist and clarify if needed. </w:t>
+      <w:r w:rsidRPr="00593CC1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Explain, in Arizona under </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk153869045"/>
+      <w:r w:rsidRPr="00593CC1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A.R.S. 13-105.12</w:t>
+      </w:r>
+      <w:r w:rsidR="00593CC1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r w:rsidR="00593CC1" w:rsidRPr="00593CC1">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C760F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘d</w:t>
+      </w:r>
+      <w:r w:rsidR="00593CC1" w:rsidRPr="00593CC1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>angerous instrument</w:t>
+      </w:r>
+      <w:r w:rsidR="002C760F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00593CC1" w:rsidRPr="00593CC1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002C760F" w:rsidRPr="002C760F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>means anything that, under the circumstances in which it is used, attempted to be used, or threatened to be used, is readily capable of causing death or serious physical injury.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="00854DD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Give some examples of dangerous weapons on campus that were not already listed in the </w:t>
+      </w:r>
+      <w:r w:rsidR="006412E1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>students</w:t>
+      </w:r>
+      <w:r w:rsidR="00854DD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Know” column.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="584ABED8" w14:textId="5B11E5E1" w:rsidR="006D7B40" w:rsidRPr="00C44D3D" w:rsidRDefault="006E787E" w:rsidP="00C44D3D">
-[...109 lines deleted...]
-    <w:p w14:paraId="345E30E7" w14:textId="1F66B4B6" w:rsidR="00B02B89" w:rsidRDefault="003F2891" w:rsidP="003F2891">
+    <w:p w14:paraId="701F8A6B" w14:textId="07C3E9DD" w:rsidR="00EA7B65" w:rsidRPr="00EA7B65" w:rsidRDefault="00EA7B65" w:rsidP="00EA7B65">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F2891">
-[...25 lines deleted...]
-        <w:t>of the KWL chart by writing</w:t>
+      <w:r w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Next, ask students the following questions. Have them write their guesses on the back of the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dry-erase pocket</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sleeve before you provide answers.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The last student who wrote on the sleeve will select someone else in their group to record the group's responses for each question and be ready to report out.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63EEEE28" w14:textId="746D9B08" w:rsidR="001F300D" w:rsidRPr="00EA7B65" w:rsidRDefault="001F300D" w:rsidP="00EA7B65">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What consequences </w:t>
+      </w:r>
+      <w:r w:rsidR="00C47075" w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>would youth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> face for bringing weapons to school? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3930F12F" w14:textId="77777777" w:rsidR="00C47075" w:rsidRDefault="006E787E" w:rsidP="00C47075">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Explain</w:t>
+      </w:r>
+      <w:r w:rsidR="006D7B40">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that if weapons are brought to school the following charge could be </w:t>
       </w:r>
       <w:r w:rsidR="00C44D3D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> on a </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> what they learned during this lesson. They can complete this step individually.</w:t>
+        <w:t>filed</w:t>
+      </w:r>
+      <w:r w:rsidR="006D7B40">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="003F2891" w:rsidRPr="006D7B40">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A.R.S. 13-</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47075">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003F2891" w:rsidRPr="006D7B40">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3102.12- Misconduct Involving weapons- Possession of deadly weapons on school grounds</w:t>
+      </w:r>
+      <w:r w:rsidR="006D7B40">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F316D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="6D2DE8F0" w14:textId="5F177FB1" w:rsidR="0091452A" w:rsidRPr="0091452A" w:rsidRDefault="0091452A" w:rsidP="0091452A">
+    <w:p w14:paraId="00C8626E" w14:textId="77777777" w:rsidR="004A77D7" w:rsidRDefault="004A77D7" w:rsidP="004A77D7">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...4 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Also provide the school’s consequences. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4212377D" w14:textId="77777777" w:rsidR="00EC1199" w:rsidRDefault="00B02B89">
-[...270 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="25A15C43" w14:textId="01BCBFD7" w:rsidR="00C47075" w:rsidRPr="00C47075" w:rsidRDefault="00C47075" w:rsidP="00C47075">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-[...44 lines deleted...]
-      <w:r w:rsidR="003F2891" w:rsidRPr="00B51FAC">
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C47075">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What consequences would </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>youth face for hurting others with a weapon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C47075">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49EA13EC" w14:textId="5F896474" w:rsidR="00D848B8" w:rsidRDefault="006618B5" w:rsidP="00C47075">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006618B5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Explain that the following charge could be filed: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D848B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D848B8" w:rsidRPr="00D848B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A.R.S. 13-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D848B8" w:rsidRPr="00D848B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1204.2- Aggravated Assault - Use of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00D848B8" w:rsidRPr="00D848B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>deadly weapon or dangerous instrument</w:t>
+      </w:r>
+      <w:r w:rsidR="00D848B8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B51FAC">
-[...29 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="00D848B8" w:rsidRPr="00D848B8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AA5F445" w14:textId="77777777" w:rsidR="00D904D2" w:rsidRPr="00B51FAC" w:rsidRDefault="00D904D2" w:rsidP="00A72AFF">
-[...11 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="5148F484" w14:textId="77777777" w:rsidR="004A77D7" w:rsidRDefault="004A77D7" w:rsidP="004A77D7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Also provide the school’s consequences. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0A142191" w14:textId="62C3872A" w:rsidR="003F2891" w:rsidRDefault="003F2891" w:rsidP="00E34C8B">
-[...715 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="72FC3985" w14:textId="630FF4AB" w:rsidR="006D7B40" w:rsidRPr="003F2891" w:rsidRDefault="00A43556" w:rsidP="00C47075">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00E34C8B">
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Now that the students have discussed </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">possible </w:t>
+      </w:r>
+      <w:r w:rsidR="00175065">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>consequences,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inform them that they will reflect on how weapons on campus impact others</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00602F25">
-[...54 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="61032495" w14:textId="77777777" w:rsidR="00DA2242" w:rsidRDefault="00DA2242" w:rsidP="00DA2242">
-[...41 lines deleted...]
-    <w:p w14:paraId="04D0147A" w14:textId="77777777" w:rsidR="00DA2242" w:rsidRPr="00DA2242" w:rsidRDefault="00DA2242" w:rsidP="00DA2242">
+    <w:p w14:paraId="411C5EB8" w14:textId="5A959927" w:rsidR="00EA7B65" w:rsidRDefault="00EA7B65" w:rsidP="00C47075">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:widowControl w:val="0"/>
-[...760 lines deleted...]
-        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...41 lines deleted...]
-      <w:r w:rsidRPr="008729CD">
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Distribute a</w:t>
+      </w:r>
+      <w:r w:rsidR="006E787E" w:rsidRPr="006E787E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E787E" w:rsidRPr="006E787E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>scenario</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to each group</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00871BF5" w:rsidRPr="008729CD">
-[...30 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="65F94646" w14:textId="77777777" w:rsidR="00DA2242" w:rsidRDefault="00DA2242" w:rsidP="00DA2242">
-[...27 lines deleted...]
-    <w:p w14:paraId="5F33029C" w14:textId="77777777" w:rsidR="00DA2242" w:rsidRDefault="00DA2242" w:rsidP="00DA2242">
+    <w:p w14:paraId="2CA1C095" w14:textId="2408EB94" w:rsidR="006E787E" w:rsidRPr="006E787E" w:rsidRDefault="00175065" w:rsidP="00C47075">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:widowControl w:val="0"/>
-[...1675 lines deleted...]
-        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...49 lines deleted...]
-      <w:r w:rsidRPr="00B51FAC">
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Give them time to</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> discuss </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and answer the questions as a group</w:t>
+      </w:r>
+      <w:r w:rsidR="006E787E" w:rsidRPr="006E787E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FBD3339" w14:textId="77777777" w:rsidR="00DA2242" w:rsidRDefault="00DA2242" w:rsidP="00DA2242">
-[...553 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w14:paraId="584ABED8" w14:textId="34BCB1C7" w:rsidR="006D7B40" w:rsidRPr="00C44D3D" w:rsidRDefault="006E787E" w:rsidP="00C47075">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...17 lines deleted...]
-      </w:r>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> when Alec pushes John</w:t>
-[...35 lines deleted...]
-      <w:r w:rsidRPr="00E34C8B">
+        <w:t>Have each group present their scenario</w:t>
+      </w:r>
+      <w:r w:rsidR="00175065">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and responses. Use the </w:t>
+      </w:r>
+      <w:r w:rsidR="00175065" w:rsidRPr="00D90DCD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Facilitator Guide</w:t>
+      </w:r>
+      <w:r w:rsidR="00175065">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to add any additional information that wasn’t shared.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E410D4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="509CBD5D" w14:textId="77777777" w:rsidR="00DA2242" w:rsidRDefault="00DA2242" w:rsidP="00DA2242">
-[...14 lines deleted...]
-    <w:p w14:paraId="3ACAAB74" w14:textId="77777777" w:rsidR="00DA2242" w:rsidRPr="00DA2242" w:rsidRDefault="00DA2242" w:rsidP="00DA2242">
+    <w:p w14:paraId="345E30E7" w14:textId="24CC3ACF" w:rsidR="00B02B89" w:rsidRDefault="003F2891" w:rsidP="00C47075">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:widowControl w:val="0"/>
-[...406 lines deleted...]
-        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...31 lines deleted...]
-        <w:t>. It looks just like a real gun, but she thinks it is safer since it isn’t a real gun.</w:t>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F2891">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Debrief</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47075">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the lesson</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2891">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by </w:t>
+      </w:r>
+      <w:r w:rsidR="00175065">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>asking students to write down something they learned during the lesson on</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47075">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:r w:rsidR="00C47075" w:rsidRPr="00C47075">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sticky note</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47075">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and place it under </w:t>
+      </w:r>
+      <w:r w:rsidR="00175065">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47075">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ‘Learned’ </w:t>
+      </w:r>
+      <w:r w:rsidR="00175065">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>column on their</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47075">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00175065">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>groups</w:t>
+      </w:r>
+      <w:r w:rsidR="00C47075">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dry-erase pocket sleeve.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31EF84F1" w14:textId="77777777" w:rsidR="00DA2242" w:rsidRDefault="00DA2242" w:rsidP="00DA2242">
-[...13 lines deleted...]
-    <w:p w14:paraId="36EBDA02" w14:textId="77777777" w:rsidR="00DA2242" w:rsidRPr="00DA2242" w:rsidRDefault="00DA2242" w:rsidP="00DA2242">
+    <w:p w14:paraId="5FCA578A" w14:textId="7E9298F1" w:rsidR="00C47075" w:rsidRDefault="00C47075" w:rsidP="00C47075">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:widowControl w:val="0"/>
-[...507 lines deleted...]
-        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="38"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:autoSpaceDE w:val="0"/>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB4E54">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Collect </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the dry-erase pocket sleeves</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB4E54">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as students exit the class and review to ensure they understand the content.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="381AB003" w14:textId="77777777" w:rsidR="00DA2242" w:rsidRDefault="00DA2242" w:rsidP="00DA2242">
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="6D2DE8F0" w14:textId="5F177FB1" w:rsidR="0091452A" w:rsidRPr="0091452A" w:rsidRDefault="0091452A" w:rsidP="0091452A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49700A2D" w14:textId="77777777" w:rsidR="00DA2242" w:rsidRPr="00DA2242" w:rsidRDefault="00DA2242" w:rsidP="00DA2242">
-[...535 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="55498339" w14:textId="77777777" w:rsidR="00AF75DE" w:rsidRDefault="00AF75DE" w:rsidP="00AF75DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="3E62145E" w14:textId="77777777" w:rsidR="00EC1199" w:rsidRPr="00DC7F18" w:rsidRDefault="00EC1199" w:rsidP="00EC1199">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC7F18">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="567FCD42" wp14:editId="7FF2504A">
             <wp:extent cx="2051685" cy="954405"/>
             <wp:effectExtent l="0" t="0" r="5715" b="0"/>
             <wp:docPr id="677293270" name="Picture 677293270" descr="AFLSE w bar fdn"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -8091,71 +2601,103 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Preventing Dangerous Situations in School Academy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D97AE19" w14:textId="77777777" w:rsidR="003F2891" w:rsidRPr="00156BA9" w:rsidRDefault="003F2891" w:rsidP="003F2891">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00156BA9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Middle/High School)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EFEDAE9" w14:textId="77777777" w:rsidR="003F2891" w:rsidRDefault="003F2891" w:rsidP="003F2891">
+    <w:p w14:paraId="4EFEDAE9" w14:textId="2B5B92FA" w:rsidR="003F2891" w:rsidRDefault="003F2891" w:rsidP="003F2891">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F2891">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>What is a weapon on campus Lesson Plan</w:t>
+        <w:t xml:space="preserve">What is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Considered a Weapon on Campus</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA7B65">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2891">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lesson Plan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C716FEE" w14:textId="77777777" w:rsidR="00135563" w:rsidRDefault="00135563" w:rsidP="00EC1199">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16D9D8E2" w14:textId="472143E1" w:rsidR="00EC1199" w:rsidRDefault="001118F4" w:rsidP="00EC1199">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -8354,76 +2896,76 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007D3E37" w:rsidRPr="00135563" w:rsidSect="000C2FB9">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="288" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="thinThickMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:left w:val="thinThickMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:bottom w:val="thickThinMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:right w:val="thickThinMediumGap" w:sz="12" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="611E4AD2" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6425EC1D" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -8439,102 +2981,86 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="380BEBE7" w14:textId="00D01ABA" w:rsidR="00DD3CC7" w:rsidRPr="001F3FAB" w:rsidRDefault="00DD3CC7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="380BEBE7" w14:textId="3C97EC93" w:rsidR="00DD3CC7" w:rsidRPr="001F3FAB" w:rsidRDefault="00DD3CC7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="thinThickSmallGap" w:sz="24" w:space="1" w:color="622423" w:themeColor="accent2" w:themeShade="7F"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Arizona Foundation for Legal Services and Education  </w:t>
     </w:r>
     <w:r w:rsidR="001B57D3" w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">                         </w:t>
     </w:r>
-    <w:r w:rsidR="003F2891">
+    <w:r w:rsidR="00EA7B65">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>January</w:t>
-[...15 lines deleted...]
-      <w:t>2024</w:t>
+      <w:t>November 2025</w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -8560,76 +3086,76 @@
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3C65BB8F" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRDefault="00DD3CC7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6F6BB41C" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="48A53959" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="032251CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C2468EC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -9451,50 +3977,167 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A1373E2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1C8CACE2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CBB653D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A6F23B84"/>
     <w:lvl w:ilvl="0" w:tplc="C262CF34">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9540,51 +4183,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D160CFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A3627620"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -9626,51 +4269,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="211443D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="61403DA0"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21BD0B24"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B25A97AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9739,51 +4495,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="225B3FDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D42D956"/>
     <w:lvl w:ilvl="0" w:tplc="37261D44">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="32F2EA64" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9852,51 +4608,164 @@
     <w:lvl w:ilvl="7" w:tplc="41DAAC38" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="85D8255A" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29A273A3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FB7A4470"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30417770"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9D766034"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -9969,51 +4838,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37865A50"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="52805A0E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -10085,51 +4954,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A657C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="426818D6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10198,51 +5067,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A657E4E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B25A97AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -10311,51 +5180,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B2E1E2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C366DBE6"/>
     <w:lvl w:ilvl="0" w:tplc="C6E0275C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -10402,51 +5271,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40AD700C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="548AC96A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10551,51 +5420,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="464B759C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8B80529A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10700,51 +5569,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47A41989"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A9E8C8A8"/>
     <w:lvl w:ilvl="0" w:tplc="76449E3E">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="523057CE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -10813,51 +5682,51 @@
     <w:lvl w:ilvl="7" w:tplc="53B6DDD2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="7B1071A4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B467F3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69C4E816"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10926,51 +5795,141 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CFA61BC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="227693D4"/>
+    <w:lvl w:ilvl="0" w:tplc="645EC778">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E851B06"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E66EAA90"/>
     <w:lvl w:ilvl="0" w:tplc="05783266">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5670"/>
         </w:tabs>
         <w:ind w:left="5670" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BBBEE292" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6390"/>
         </w:tabs>
         <w:ind w:left="6390" w:hanging="360"/>
@@ -11039,51 +5998,51 @@
     <w:lvl w:ilvl="7" w:tplc="77B60718" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="10710"/>
         </w:tabs>
         <w:ind w:left="10710" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="88DAA78E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="11430"/>
         </w:tabs>
         <w:ind w:left="11430" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51A61BC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9130529A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11152,51 +6111,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="52541A86"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B25A97AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -11265,51 +6224,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53250395"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8DCA03DA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11351,51 +6310,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53F76BC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F356BF04"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11437,51 +6396,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8640" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9360" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57A76FB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5488CA4"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11523,51 +6482,137 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DA54399"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FB8E143A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F3364AB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="02CCC2B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -11639,51 +6684,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61681F0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CFC2452"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -11725,51 +6770,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63E47A45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B1A3B44"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11838,93 +6883,93 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="665F0971"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="6AF6C7D6"/>
+    <w:tmpl w:val="1C8CACE2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
-[...1 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11955,51 +7000,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67AD19DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="374A6AFE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12041,51 +7086,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73C81369"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="548AC96A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12190,51 +7235,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78005949"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18280EE4"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12276,51 +7321,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B2620CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1F46E42"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -12367,51 +7412,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B890462"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="52805A0E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -12483,51 +7528,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D934603"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26C253BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -12596,51 +7641,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F1F2A2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69FC7CAC"/>
     <w:lvl w:ilvl="0" w:tplc="57548374">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6364907C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -12710,527 +7755,568 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="9A32DB32" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1604453888">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1345598185">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="843592318">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1486125867">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2010206926">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1425568478">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="265042014">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2133815192">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="512384444">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="302776394">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="307980689">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1750544709">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="219293783">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1916554064">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="558638107">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="509032057">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1746219410">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="203559819">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="674847208">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="665018497">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1822575971">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1290235400">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1471246034">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="913586441">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1239440326">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1593010676">
+    <w:abstractNumId w:val="15"/>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:numFmt w:val="lowerLetter"/>
+        <w:lvlText w:val="%2."/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="596865799">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="761026663">
+    <w:abstractNumId w:val="12"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="2056348760">
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="596865799">
-[...21 lines deleted...]
-  </w:num>
   <w:num w:numId="30" w16cid:durableId="460535472">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="260139057">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1679698604">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="904801191">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1520586106">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="27"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1360592967">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="27"/>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:numFmt w:val="lowerLetter"/>
         <w:lvlText w:val="%2."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1197811522">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1687292776">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="61368982">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="355084463">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="826047793">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1249999479">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="2132283566">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1996568721">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2"/>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="44" w16cid:durableId="884826780">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1731270083">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="1565291027">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1933317666">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="1726443701">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="81"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B02B89"/>
     <w:rsid w:val="00016A77"/>
     <w:rsid w:val="000243D2"/>
     <w:rsid w:val="00043E96"/>
     <w:rsid w:val="00073638"/>
     <w:rsid w:val="000A4391"/>
     <w:rsid w:val="000C0109"/>
     <w:rsid w:val="000C2FB9"/>
     <w:rsid w:val="000D345C"/>
     <w:rsid w:val="000E06CE"/>
+    <w:rsid w:val="000E7CD7"/>
     <w:rsid w:val="000F06BD"/>
     <w:rsid w:val="000F316D"/>
     <w:rsid w:val="0010781D"/>
     <w:rsid w:val="001118F4"/>
     <w:rsid w:val="00113F59"/>
     <w:rsid w:val="001257DE"/>
     <w:rsid w:val="00135563"/>
     <w:rsid w:val="001463B0"/>
     <w:rsid w:val="001471A6"/>
+    <w:rsid w:val="001476F9"/>
     <w:rsid w:val="00154CB5"/>
     <w:rsid w:val="00156BA9"/>
     <w:rsid w:val="00160A11"/>
+    <w:rsid w:val="00161F12"/>
+    <w:rsid w:val="00175065"/>
     <w:rsid w:val="001A7902"/>
     <w:rsid w:val="001B57D3"/>
+    <w:rsid w:val="001F300D"/>
     <w:rsid w:val="001F3FAB"/>
     <w:rsid w:val="001F7F87"/>
     <w:rsid w:val="00201227"/>
     <w:rsid w:val="00204E85"/>
     <w:rsid w:val="00205985"/>
     <w:rsid w:val="00211499"/>
     <w:rsid w:val="002323F1"/>
     <w:rsid w:val="00280645"/>
     <w:rsid w:val="00282F65"/>
+    <w:rsid w:val="0029024F"/>
     <w:rsid w:val="002C2C9A"/>
+    <w:rsid w:val="002C760F"/>
     <w:rsid w:val="002D52B2"/>
     <w:rsid w:val="002F4051"/>
     <w:rsid w:val="0034275F"/>
     <w:rsid w:val="00346335"/>
     <w:rsid w:val="003746EA"/>
     <w:rsid w:val="0037563E"/>
     <w:rsid w:val="003864BE"/>
     <w:rsid w:val="003909D8"/>
     <w:rsid w:val="00391C14"/>
     <w:rsid w:val="003F2891"/>
     <w:rsid w:val="00407C2B"/>
     <w:rsid w:val="00412D98"/>
     <w:rsid w:val="00432B10"/>
     <w:rsid w:val="004409AB"/>
     <w:rsid w:val="00441985"/>
     <w:rsid w:val="00444749"/>
     <w:rsid w:val="00447F51"/>
     <w:rsid w:val="004611F7"/>
     <w:rsid w:val="00467D85"/>
     <w:rsid w:val="00474F61"/>
+    <w:rsid w:val="004A77D7"/>
     <w:rsid w:val="004C1842"/>
     <w:rsid w:val="004C3A07"/>
     <w:rsid w:val="004C4E8D"/>
     <w:rsid w:val="004C78EF"/>
     <w:rsid w:val="004E25F3"/>
     <w:rsid w:val="004F3387"/>
     <w:rsid w:val="00541C60"/>
+    <w:rsid w:val="00567039"/>
     <w:rsid w:val="005738D7"/>
     <w:rsid w:val="00580D73"/>
     <w:rsid w:val="00582C01"/>
     <w:rsid w:val="0059235B"/>
+    <w:rsid w:val="00593CC1"/>
     <w:rsid w:val="005943FE"/>
+    <w:rsid w:val="005C1149"/>
     <w:rsid w:val="005C1E4E"/>
     <w:rsid w:val="005D3634"/>
     <w:rsid w:val="005E6CD3"/>
     <w:rsid w:val="00602F25"/>
     <w:rsid w:val="006046EB"/>
     <w:rsid w:val="00613078"/>
     <w:rsid w:val="006172F8"/>
     <w:rsid w:val="0062679B"/>
     <w:rsid w:val="00627053"/>
     <w:rsid w:val="006349C5"/>
     <w:rsid w:val="00634BCB"/>
     <w:rsid w:val="00637E53"/>
+    <w:rsid w:val="006412E1"/>
     <w:rsid w:val="006558D0"/>
+    <w:rsid w:val="006618B5"/>
     <w:rsid w:val="00661CF4"/>
     <w:rsid w:val="0066398A"/>
     <w:rsid w:val="006642E6"/>
     <w:rsid w:val="0066538A"/>
     <w:rsid w:val="0067693C"/>
     <w:rsid w:val="00683535"/>
     <w:rsid w:val="00692680"/>
     <w:rsid w:val="00692A50"/>
     <w:rsid w:val="006963C8"/>
     <w:rsid w:val="006B5051"/>
     <w:rsid w:val="006D7B40"/>
     <w:rsid w:val="006E787E"/>
     <w:rsid w:val="006F063F"/>
     <w:rsid w:val="006F3B26"/>
     <w:rsid w:val="00702EF8"/>
     <w:rsid w:val="007225A5"/>
     <w:rsid w:val="00757F51"/>
     <w:rsid w:val="00761A90"/>
     <w:rsid w:val="00770754"/>
     <w:rsid w:val="00793882"/>
     <w:rsid w:val="007C4FA3"/>
     <w:rsid w:val="007D30A2"/>
     <w:rsid w:val="007D3E37"/>
     <w:rsid w:val="007E53A7"/>
     <w:rsid w:val="00805074"/>
     <w:rsid w:val="00813143"/>
+    <w:rsid w:val="00813678"/>
     <w:rsid w:val="00817815"/>
     <w:rsid w:val="00842A95"/>
+    <w:rsid w:val="00854DD5"/>
     <w:rsid w:val="00856BA8"/>
     <w:rsid w:val="00871BF5"/>
     <w:rsid w:val="008729CD"/>
     <w:rsid w:val="00884D7F"/>
     <w:rsid w:val="008C7DD0"/>
     <w:rsid w:val="008E20E2"/>
     <w:rsid w:val="009070E8"/>
     <w:rsid w:val="0091452A"/>
     <w:rsid w:val="009302B3"/>
     <w:rsid w:val="0093745D"/>
     <w:rsid w:val="00944671"/>
     <w:rsid w:val="0096500A"/>
     <w:rsid w:val="00971B3C"/>
     <w:rsid w:val="009753F0"/>
     <w:rsid w:val="00977A39"/>
     <w:rsid w:val="009843B6"/>
     <w:rsid w:val="0099474A"/>
     <w:rsid w:val="009A2EBF"/>
     <w:rsid w:val="009B25EF"/>
     <w:rsid w:val="009C0F69"/>
     <w:rsid w:val="009C5929"/>
     <w:rsid w:val="009D0224"/>
     <w:rsid w:val="009F0F50"/>
     <w:rsid w:val="00A01395"/>
     <w:rsid w:val="00A07476"/>
     <w:rsid w:val="00A1490D"/>
     <w:rsid w:val="00A33834"/>
     <w:rsid w:val="00A43556"/>
     <w:rsid w:val="00A44C66"/>
     <w:rsid w:val="00A567E2"/>
     <w:rsid w:val="00A5798A"/>
     <w:rsid w:val="00A62198"/>
     <w:rsid w:val="00A642FC"/>
     <w:rsid w:val="00A6454B"/>
     <w:rsid w:val="00A678BA"/>
     <w:rsid w:val="00A72AFF"/>
     <w:rsid w:val="00A94926"/>
+    <w:rsid w:val="00AF75DE"/>
     <w:rsid w:val="00B02B89"/>
     <w:rsid w:val="00B12631"/>
     <w:rsid w:val="00B16284"/>
     <w:rsid w:val="00B25894"/>
     <w:rsid w:val="00B51FAC"/>
     <w:rsid w:val="00B52E2D"/>
     <w:rsid w:val="00B57020"/>
     <w:rsid w:val="00BA1AFE"/>
     <w:rsid w:val="00BC1420"/>
     <w:rsid w:val="00BC5E50"/>
     <w:rsid w:val="00BE1B92"/>
     <w:rsid w:val="00BE23CC"/>
     <w:rsid w:val="00BE317A"/>
     <w:rsid w:val="00BE6086"/>
     <w:rsid w:val="00C0030B"/>
     <w:rsid w:val="00C02693"/>
     <w:rsid w:val="00C347FB"/>
     <w:rsid w:val="00C43654"/>
     <w:rsid w:val="00C44D3D"/>
+    <w:rsid w:val="00C47075"/>
     <w:rsid w:val="00C622DA"/>
     <w:rsid w:val="00C63EFC"/>
+    <w:rsid w:val="00C7433B"/>
+    <w:rsid w:val="00C76900"/>
     <w:rsid w:val="00C8231F"/>
     <w:rsid w:val="00C96EC0"/>
     <w:rsid w:val="00C97FF8"/>
     <w:rsid w:val="00CB6EBF"/>
     <w:rsid w:val="00CD0C11"/>
     <w:rsid w:val="00CF6F52"/>
     <w:rsid w:val="00D06DB1"/>
     <w:rsid w:val="00D07158"/>
     <w:rsid w:val="00D15ACF"/>
     <w:rsid w:val="00D32C21"/>
     <w:rsid w:val="00D468D3"/>
     <w:rsid w:val="00D6505C"/>
     <w:rsid w:val="00D833C0"/>
     <w:rsid w:val="00D848B8"/>
     <w:rsid w:val="00D84C8D"/>
     <w:rsid w:val="00D904D2"/>
     <w:rsid w:val="00D95427"/>
+    <w:rsid w:val="00D96BBD"/>
     <w:rsid w:val="00DA2242"/>
     <w:rsid w:val="00DB777F"/>
     <w:rsid w:val="00DC0544"/>
     <w:rsid w:val="00DC7F18"/>
     <w:rsid w:val="00DD3CC7"/>
     <w:rsid w:val="00DD7F10"/>
     <w:rsid w:val="00DF2927"/>
     <w:rsid w:val="00E00A0D"/>
     <w:rsid w:val="00E234BC"/>
     <w:rsid w:val="00E26288"/>
     <w:rsid w:val="00E34BCD"/>
     <w:rsid w:val="00E34C8B"/>
     <w:rsid w:val="00E35868"/>
     <w:rsid w:val="00E35E15"/>
     <w:rsid w:val="00E410D4"/>
     <w:rsid w:val="00E53D27"/>
     <w:rsid w:val="00E5412B"/>
+    <w:rsid w:val="00E565F3"/>
     <w:rsid w:val="00E7236D"/>
+    <w:rsid w:val="00E77686"/>
     <w:rsid w:val="00E842CC"/>
     <w:rsid w:val="00E8540B"/>
     <w:rsid w:val="00E9344E"/>
     <w:rsid w:val="00E962DD"/>
     <w:rsid w:val="00E97058"/>
     <w:rsid w:val="00EA37F0"/>
+    <w:rsid w:val="00EA7B65"/>
     <w:rsid w:val="00EB0D8E"/>
     <w:rsid w:val="00EC1199"/>
     <w:rsid w:val="00EE41F2"/>
     <w:rsid w:val="00EF3E2B"/>
     <w:rsid w:val="00F05208"/>
     <w:rsid w:val="00F16AD8"/>
     <w:rsid w:val="00F50DF2"/>
+    <w:rsid w:val="00F529A3"/>
     <w:rsid w:val="00F748ED"/>
+    <w:rsid w:val="00F935FF"/>
     <w:rsid w:val="00FA48BD"/>
     <w:rsid w:val="00FC36B0"/>
+    <w:rsid w:val="00FC5985"/>
     <w:rsid w:val="00FC68A5"/>
     <w:rsid w:val="00FD115E"/>
     <w:rsid w:val="00FE4761"/>
     <w:rsid w:val="00FF11D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6C0F4E22"/>
   <w15:docId w15:val="{4F9963CA-BBC6-4557-9E04-A05D200D8100}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13821,77 +8907,76 @@
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F50DF2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0066398A"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003F2891"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E5412B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="42751053">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="118037656">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13994,87 +9079,87 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="192B74046782404D927B71A0898EF11A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1F6636E8-DE1A-422B-A11F-B89312C3CCA3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E20F61" w:rsidRDefault="002A11D9" w:rsidP="002A11D9">
           <w:pPr>
             <w:pStyle w:val="192B74046782404D927B71A0898EF11A"/>
           </w:pPr>
           <w:r w:rsidRPr="00EE2CB9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -14086,102 +9171,115 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A11D9"/>
+    <w:rsid w:val="000E7CD7"/>
+    <w:rsid w:val="00161F12"/>
+    <w:rsid w:val="0029024F"/>
     <w:rsid w:val="002A11D9"/>
+    <w:rsid w:val="00567039"/>
     <w:rsid w:val="00E20F61"/>
+    <w:rsid w:val="00E565F3"/>
+    <w:rsid w:val="00E77686"/>
+    <w:rsid w:val="00F935FF"/>
+    <w:rsid w:val="00FC5985"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14590,51 +9688,51 @@
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002A11D9"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="192B74046782404D927B71A0898EF11A">
     <w:name w:val="192B74046782404D927B71A0898EF11A"/>
     <w:rsid w:val="002A11D9"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -14898,70 +9996,59 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001D68C54F14245A41ABB6A58E436808E3" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7e135111e5fb799507239e96199f7a6a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xmlns:ns3="4800617c-8abc-4513-8684-14d29e623f83" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7fd6e20374dea80c67ba280ef0ebe7d3" ns2:_="" ns3:_="">
     <xsd:import namespace="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <xsd:import namespace="4800617c-8abc-4513-8684-14d29e623f83"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -15160,130 +10247,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4800617c-8abc-4513-8684-14d29e623f83">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3E068F2-D67B-49E6-9E51-CA0DFB56C85A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90929A4F-8993-4F2C-9255-44E3B039EFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5674393A-9F75-4A16-A852-E5A3E79EEA8A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F962F607-E10B-4226-910B-46B1FDC1A666}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
+    <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>12799</Characters>
+  <Pages>3</Pages>
+  <Words>888</Words>
+  <Characters>4889</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>106</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>108</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Arizona Bar Foundation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15014</CharactersWithSpaces>
+  <CharactersWithSpaces>5713</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Diana Strouth</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001D68C54F14245A41ABB6A58E436808E3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>