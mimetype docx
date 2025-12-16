--- v0 (2025-11-04)
+++ v1 (2025-12-16)
@@ -12,51 +12,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="07BEBD2A" w14:textId="77777777" w:rsidR="00D15ACF" w:rsidRPr="00DC7F18" w:rsidRDefault="00DD3CC7" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC7F18">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CCFA99A" wp14:editId="05AA3FAE">
             <wp:extent cx="2051685" cy="954405"/>
             <wp:effectExtent l="0" t="0" r="5715" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="AFLSE w bar fdn"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -425,219 +425,182 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00DD3CC7" w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">bjectives: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DCA52EE" w14:textId="3B6F5423" w:rsidR="00B25894" w:rsidRPr="00EC1199" w:rsidRDefault="00E7236D" w:rsidP="00B25894">
+    <w:p w14:paraId="3B4B9FB5" w14:textId="435AC817" w:rsidR="00357928" w:rsidRPr="00592367" w:rsidRDefault="00357928" w:rsidP="00357928">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-      <w:r w:rsidR="00592367" w:rsidRPr="004C671B">
+      <w:r w:rsidRPr="00B85ED3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">legal consequences of threatening to take a weapon on </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DA2B2B" w:rsidRPr="004C671B">
+        <w:t xml:space="preserve">Students </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>campus.</w:t>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B85ED3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> learn how words said in anger can impact their future</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45DC43CF" w14:textId="66056072" w:rsidR="00B25894" w:rsidRPr="00592367" w:rsidRDefault="00E7236D" w:rsidP="00B25894">
+    <w:p w14:paraId="45DC43CF" w14:textId="525D0684" w:rsidR="00B25894" w:rsidRPr="00357928" w:rsidRDefault="00E7236D" w:rsidP="00357928">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Students should </w:t>
-[...74 lines deleted...]
-      <w:r w:rsidR="00DA2B2B" w:rsidRPr="00B85ED3">
+        <w:t xml:space="preserve">Students </w:t>
+      </w:r>
+      <w:r w:rsidR="00357928">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be able </w:t>
+      </w:r>
+      <w:r w:rsidR="00357928">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00592367">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>understand the</w:t>
+      </w:r>
+      <w:r w:rsidR="00592367">
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:color w:val="1F1F1F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00592367" w:rsidRPr="004C671B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">consequences of threatening to take a weapon on </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA2B2B" w:rsidRPr="004C671B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="1F1F1F"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>campus</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="738DF7A3" w14:textId="77777777" w:rsidR="00C8231F" w:rsidRPr="00135563" w:rsidRDefault="00C8231F" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28620EB8" w14:textId="372A0499" w:rsidR="002D52B2" w:rsidRPr="001B0993" w:rsidRDefault="002D52B2" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk146786023"/>
       <w:r w:rsidRPr="001B0993">
         <w:rPr>
           <w:b/>
@@ -717,252 +680,336 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Materials:</w:t>
       </w:r>
       <w:r w:rsidR="00E7236D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0019CB7E" w14:textId="2E96679C" w:rsidR="009C0F69" w:rsidRDefault="005C1E4E" w:rsidP="00E842CC">
+    <w:p w14:paraId="35139DDB" w14:textId="02EF31FC" w:rsidR="009225A3" w:rsidRDefault="009225A3" w:rsidP="00E842CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk211850458"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Large poster paper and markers for each group</w:t>
+        <w:t>Talking Chip</w:t>
+      </w:r>
+      <w:r w:rsidR="00962D81">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 1 per student</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35139DDB" w14:textId="096C208A" w:rsidR="009225A3" w:rsidRDefault="009225A3" w:rsidP="00E842CC">
+    <w:p w14:paraId="040668A1" w14:textId="3DF2B666" w:rsidR="00EE5CD0" w:rsidRDefault="00D7271B" w:rsidP="00E842CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Talking Chips</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00962D81">
+        <w:t>Laws Handout</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE5CD0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 1 per student</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="040668A1" w14:textId="716F76F4" w:rsidR="00EE5CD0" w:rsidRDefault="00EE5CD0" w:rsidP="00E842CC">
+    <w:p w14:paraId="67E5D75C" w14:textId="478922A4" w:rsidR="00E7236D" w:rsidRDefault="00E7236D" w:rsidP="00E842CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00E7236D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Scenario</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC1199">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Handout about laws, 1 per student</w:t>
+        <w:t xml:space="preserve">, 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC79E4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">scenario </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per group</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67E5D75C" w14:textId="0DFFC4FD" w:rsidR="00E7236D" w:rsidRDefault="00E7236D" w:rsidP="00E842CC">
+    <w:p w14:paraId="25E2D1C5" w14:textId="4A6D4BF0" w:rsidR="00265B47" w:rsidRDefault="00265B47" w:rsidP="00E842CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E7236D">
-[...30 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, 1 per group</w:t>
+        <w:t>Facilitator Guide, 1 per facilitator</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="4EDF3B26" w14:textId="52EBD3A5" w:rsidR="00265B47" w:rsidRDefault="00265B47" w:rsidP="00E842CC">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sticky Note, 1 per student</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EDBCEC4" w14:textId="77777777" w:rsidR="00BF6CD1" w:rsidRPr="00A612FD" w:rsidRDefault="00BF6CD1" w:rsidP="00BF6CD1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A612FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Prior to the lesson:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15EA0C05" w14:textId="480B034C" w:rsidR="00BF6CD1" w:rsidRPr="00BF6CD1" w:rsidRDefault="00BF6CD1" w:rsidP="00BF6CD1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Review your school’s threats &amp; intimidation policies</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="78A05A9D" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AC141EE" w14:textId="39037D12" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
+    <w:p w14:paraId="3AC141EE" w14:textId="19D26AEB" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Timeframe: </w:t>
       </w:r>
+      <w:r w:rsidR="00357928">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
       <w:r w:rsidR="00BF039A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">50 </w:t>
+        <w:t xml:space="preserve">0 </w:t>
       </w:r>
       <w:r w:rsidR="00D15ACF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Minutes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="230B298B" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E458A6A" w14:textId="77777777" w:rsidR="002F4051" w:rsidRPr="002F4051" w:rsidRDefault="002F4051" w:rsidP="002F4051">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk146786075"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk146786075"/>
       <w:r w:rsidRPr="002F4051">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Team Teaching:</w:t>
       </w:r>
       <w:r w:rsidRPr="002F4051">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  For effective implementation of Law Related Education (LRE), team teach with the classroom teacher by…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53DE241A" w14:textId="77777777" w:rsidR="00E7236D" w:rsidRPr="00CB37FF" w:rsidRDefault="00E7236D" w:rsidP="00E7236D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1007,3771 +1054,1962 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB37FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Assigning the classroom teacher part of the lesson instructions. Team teaching with the classroom teacher enables the students to further see the importance of LRE lessons. It also provides an opportunity for the classroom teacher to demonstrate teaching skills conducive for effective teaching. Student attention can be maintained more easily with different voices and personalities experienced throughout the lesson.</w:t>
+        <w:t xml:space="preserve">Assigning the classroom teacher part of the lesson instructions. Team teaching with the classroom teacher enables the students to further see the importance of LRE lessons. It also provides an opportunity for the classroom teacher to demonstrate teaching skills conducive </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> effective teaching. Student attention can be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maintained</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> more easily with different voices and personalities experienced throughout the lesson.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34AB7EE4" w14:textId="77777777" w:rsidR="002F4051" w:rsidRDefault="002F4051" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="322FB9F6" w14:textId="65C92D71" w:rsidR="00C8231F" w:rsidRPr="00E7236D" w:rsidRDefault="00E7236D" w:rsidP="00C8231F">
+    <w:p w14:paraId="55876D43" w14:textId="77777777" w:rsidR="00FC79E4" w:rsidRDefault="00FC79E4" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51237BB0" w14:textId="77777777" w:rsidR="00FC79E4" w:rsidRDefault="00FC79E4" w:rsidP="00E842CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="322FB9F6" w14:textId="65C92D71" w:rsidR="00C8231F" w:rsidRPr="00E7236D" w:rsidRDefault="00E7236D" w:rsidP="00C8231F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lesson: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DFE4A59" w14:textId="77777777" w:rsidR="00E7236D" w:rsidRDefault="005C1E4E" w:rsidP="00E7236D">
+    <w:p w14:paraId="0DFE4A59" w14:textId="34A40582" w:rsidR="00E7236D" w:rsidRDefault="005C1E4E" w:rsidP="00E7236D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Divide students int</w:t>
+        <w:t xml:space="preserve">Divide </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90FE8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="006D7633">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>class</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> int</w:t>
       </w:r>
       <w:r w:rsidR="00E7236D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> small groups of </w:t>
       </w:r>
       <w:r w:rsidR="00E7236D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3 or 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> students each. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-[...17 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="5532EE56" w14:textId="75E8A8F9" w:rsidR="009C4656" w:rsidRPr="008A7499" w:rsidRDefault="008A7499" w:rsidP="00E7236D">
+    <w:p w14:paraId="37838AD6" w14:textId="42B083A8" w:rsidR="00357928" w:rsidRPr="009B6B97" w:rsidRDefault="00357928" w:rsidP="00357928">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk211850471"/>
+      <w:r w:rsidRPr="009B6B97">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Write </w:t>
+      </w:r>
+      <w:r w:rsidR="00A21925">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6B97">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...160 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>hreats</w:t>
+      </w:r>
+      <w:r w:rsidR="00A21925">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Intimidation’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6B97">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the board and instruct </w:t>
+      </w:r>
+      <w:r w:rsidR="006D7633">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">small </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B6B97">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>groups to discuss the meaning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B2E4C2" w14:textId="1D700042" w:rsidR="008A7499" w:rsidRPr="008A7499" w:rsidRDefault="008A7499" w:rsidP="008A7499">
+    <w:p w14:paraId="4C720351" w14:textId="77777777" w:rsidR="00357928" w:rsidRPr="009B6B97" w:rsidRDefault="00357928" w:rsidP="00357928">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...171 lines deleted...]
-        <w:t xml:space="preserve">Facilitators walk around each group and listen to the answers students are providing. </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B6B97">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Call on groups to share their ideas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4ED4EAD4" w14:textId="3975F5FE" w:rsidR="00E84449" w:rsidRPr="00E84449" w:rsidRDefault="00E84449" w:rsidP="00E84449">
+    <w:p w14:paraId="71DC046A" w14:textId="615C8AD2" w:rsidR="00357928" w:rsidRPr="008A7499" w:rsidRDefault="00357928" w:rsidP="00357928">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009B6B97">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Inform students that </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Come </w:t>
-[...7 lines deleted...]
-        <w:t>together as a whole group and share some of the feelings that were discussed.</w:t>
+        <w:t xml:space="preserve">threats are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5078B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a suggestion that something unpleasant or violent will happen, especially if a particular action or order is not followed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Intimidation is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5078B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the action of frightening or threatening someone, usually </w:t>
+      </w:r>
+      <w:r w:rsidR="00A21925" w:rsidRPr="00E5078B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5078B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> persuade them to do something that you want them to do</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A21925">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="576DB795" w14:textId="64F039F4" w:rsidR="004C6F14" w:rsidRPr="00B73CDA" w:rsidRDefault="004C6F14" w:rsidP="00E7236D">
+    <w:p w14:paraId="51020AC9" w14:textId="77777777" w:rsidR="00A21925" w:rsidRDefault="00A21925" w:rsidP="00A21925">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rStyle w:val="cf01"/>
-[...2 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="cf01"/>
-[...51 lines deleted...]
-        <w:t xml:space="preserve">” </w:t>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Next, students will participate in a</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7499" w:rsidRPr="00A21925">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Think-Pair-</w:t>
+      </w:r>
+      <w:r w:rsidR="009225A3" w:rsidRPr="00A21925">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Share </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="cf01"/>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">activity. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21925">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ask the question and give students time to think</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="cf01"/>
-[...58 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21925">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> How do threats and intimidation make you feel? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA2B574" w14:textId="6EEC34E8" w:rsidR="00E84449" w:rsidRPr="00B32E71" w:rsidRDefault="004C6F14" w:rsidP="00E7236D">
+    <w:p w14:paraId="37B2E4C2" w14:textId="033EE787" w:rsidR="008A7499" w:rsidRPr="00A21925" w:rsidRDefault="00A21925" w:rsidP="00A21925">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-          <w:b/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21925">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Students </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="cf01"/>
-[...49 lines deleted...]
-        <w:t>reflect on how threats and intimidation may affect their ability to learn and feel safe at school</w:t>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will then pair up with someone in their group to share their answers. The facilitator will</w:t>
+      </w:r>
+      <w:r w:rsidR="009225A3" w:rsidRPr="00A21925">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> walk around and listen to the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="cf01"/>
-[...79 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>discussion in each group</w:t>
+      </w:r>
+      <w:r w:rsidR="009225A3" w:rsidRPr="00A21925">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01B23DA3" w14:textId="759F7F89" w:rsidR="004A676A" w:rsidRPr="00B85ED3" w:rsidRDefault="004A676A" w:rsidP="00E7236D">
+    <w:p w14:paraId="4ED4EAD4" w14:textId="31D28B36" w:rsidR="00E84449" w:rsidRPr="00E84449" w:rsidRDefault="00E84449" w:rsidP="00E84449">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...29 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">handout </w:t>
-[...20 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and briefly go over </w:t>
-[...17 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Come </w:t>
+      </w:r>
+      <w:r w:rsidR="004A676A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">together as a whole group and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A21925">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">invite volunteers to </w:t>
+      </w:r>
+      <w:r w:rsidR="004A676A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">share some of the feelings </w:t>
+      </w:r>
+      <w:r w:rsidR="00A21925">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>they</w:t>
+      </w:r>
+      <w:r w:rsidR="004A676A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> discussed</w:t>
+      </w:r>
+      <w:r w:rsidR="00A21925">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with their partner</w:t>
+      </w:r>
+      <w:r w:rsidR="004A676A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B80341" w14:textId="45BED1F1" w:rsidR="007706E0" w:rsidRDefault="007706E0" w:rsidP="00B85ED3">
+    <w:p w14:paraId="67FB6BC5" w14:textId="77777777" w:rsidR="00A21925" w:rsidRPr="00A21925" w:rsidRDefault="00A21925" w:rsidP="00E7236D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk211584379"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Then distribute a</w:t>
+      </w:r>
+      <w:r w:rsidR="009225A3" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009225A3" w:rsidRPr="00A21925">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">talking </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009225A3" w:rsidRPr="00A21925">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chip</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-[...67 lines deleted...]
-        <w:t>d out.</w:t>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to each student</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7499" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE69FC3" w14:textId="25397877" w:rsidR="001B70BA" w:rsidRDefault="001B70BA" w:rsidP="00B85ED3">
+    <w:p w14:paraId="576DB795" w14:textId="40F7AC89" w:rsidR="004C6F14" w:rsidRPr="00B73CDA" w:rsidRDefault="00A21925" w:rsidP="00E7236D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-        <w:t>Ask students to share with their group what could be some school consequences for threating to bring a weapon to school, the consequences of threat</w:t>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Explain the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6CD1">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>talking chip activity</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: a</w:t>
       </w:r>
       <w:r w:rsidR="004C6F14">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-        <w:t>en</w:t>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> question will be asked and w</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7499" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hen a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-[...11 lines deleted...]
-        <w:t>consequences.</w:t>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>student</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7499" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is ready to share their answer </w:t>
+      </w:r>
+      <w:r w:rsidR="009225A3" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA550B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="009225A3" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their group,</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7499" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> they</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7499" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> place their talking chip in the center of the table. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA550B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The discussion continues until every student has used their talking chip</w:t>
+      </w:r>
+      <w:r w:rsidR="009225A3" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D50830C" w14:textId="71ADA3CB" w:rsidR="009F5E35" w:rsidRPr="00B85ED3" w:rsidRDefault="009F5E35" w:rsidP="00B85ED3">
+    <w:p w14:paraId="4764896E" w14:textId="77777777" w:rsidR="00D7271B" w:rsidRPr="00D7271B" w:rsidRDefault="004C6F14" w:rsidP="00E7236D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Have each group share out and write their answers on the board. </w:t>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For the first question, a</w:t>
+      </w:r>
+      <w:r w:rsidR="009225A3" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sk</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7499" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32E71" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tudents </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7499" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="00B32E71" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reflect</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA550B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32E71" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00D7271B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How might </w:t>
+      </w:r>
+      <w:r w:rsidR="00B32E71" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">threats and intimidation </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7271B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>affect your</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32E71" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ability to learn and feel safe at school</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7271B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32E71" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FDE54CE" w14:textId="352E1FEB" w:rsidR="007706E0" w:rsidRPr="004A676A" w:rsidRDefault="007706E0" w:rsidP="00E7236D">
+    <w:p w14:paraId="0DA2B574" w14:textId="46089CAD" w:rsidR="00E84449" w:rsidRPr="00B32E71" w:rsidRDefault="00BF6CD1" w:rsidP="00E7236D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Distribute the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE5CD0">
+        <w:t>After the talking chip activity, ask</w:t>
+      </w:r>
+      <w:r w:rsidR="009225A3" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> volunteers </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7271B" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to share</w:t>
+      </w:r>
+      <w:r w:rsidR="009225A3" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their </w:t>
+      </w:r>
+      <w:r w:rsidR="004C6F14">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">groups’ </w:t>
+      </w:r>
+      <w:r w:rsidR="009225A3" w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>answers with the whole class</w:t>
+      </w:r>
+      <w:r w:rsidR="009225A3">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>handout with the scenarios</w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44210BEA" w14:textId="56E6602D" w:rsidR="004A676A" w:rsidRPr="00B42562" w:rsidRDefault="004A676A" w:rsidP="00E7236D">
+    <w:p w14:paraId="01B23DA3" w14:textId="5DCF8982" w:rsidR="004A676A" w:rsidRPr="00B85ED3" w:rsidRDefault="004A676A" w:rsidP="00E7236D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Distribute</w:t>
+      </w:r>
+      <w:r w:rsidR="00B42562">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7271B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and discuss </w:t>
+      </w:r>
+      <w:r w:rsidR="00B42562">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7271B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Laws Handout</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Explain to students that each group will get 4 </w:t>
-[...7 lines deleted...]
-        <w:t>scenarios,</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D7271B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with the class</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Remind them to use their laws handout and the school consequences that were brainstormed and written on the board as a reference. </w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...565 lines deleted...]
-    <w:p w14:paraId="2423B769" w14:textId="4A9BFF53" w:rsidR="004A676A" w:rsidRDefault="007569D0" w:rsidP="007706E0">
+    <w:p w14:paraId="50B80341" w14:textId="13DFD236" w:rsidR="007706E0" w:rsidRDefault="00D7271B" w:rsidP="00B85ED3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">After groups are finished, </w:t>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For the second question, a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sk students to reflect</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>W</w:t>
       </w:r>
       <w:r w:rsidR="007706E0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>each group will share their discussion on one of the scenarios.</w:t>
+        <w:t xml:space="preserve">hat information </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in the laws was new</w:t>
+      </w:r>
+      <w:r w:rsidR="007706E0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>surprising</w:t>
+      </w:r>
+      <w:r w:rsidR="007706E0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>stood out to you?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3557BBB9" w14:textId="06777A3C" w:rsidR="007706E0" w:rsidRPr="005656CA" w:rsidRDefault="007706E0" w:rsidP="005656CA">
+    <w:p w14:paraId="1892DD93" w14:textId="0AF1CDFE" w:rsidR="00BF6CD1" w:rsidRPr="00BF6CD1" w:rsidRDefault="00BF6CD1" w:rsidP="00BF6CD1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...135 lines deleted...]
-        </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...20 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>After the talking chip activity, ask</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> volunteers to share their </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">groups’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>answers with the whole class</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="56B215DB" w14:textId="77777777" w:rsidR="00DD641E" w:rsidRPr="00DD641E" w:rsidRDefault="00DD641E" w:rsidP="00DD641E">
-      <w:pPr>
+    <w:p w14:paraId="5BE69FC3" w14:textId="1428C773" w:rsidR="001B70BA" w:rsidRDefault="00BF6CD1" w:rsidP="00B85ED3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For the third question, a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sk students to reflect</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What could be possible </w:t>
+      </w:r>
+      <w:r w:rsidR="001B70BA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">school consequences for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>threatening and intimidation at school?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60DFDE27" w14:textId="326C19FA" w:rsidR="00BF6CD1" w:rsidRPr="00BF6CD1" w:rsidRDefault="00BF6CD1" w:rsidP="00BF6CD1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>After the talking chip activity, ask</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> volunteers to share their </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">groups’ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009225A3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>answers with the whole clas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF6CD1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00465BCA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and write the correct answers on the board. If the students do not state </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00465BCA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00465BCA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00465BCA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00465BCA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> consequences, add them yourself and inform the class.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="209BAC16" w14:textId="6A198485" w:rsidR="00BF6CD1" w:rsidRPr="00BF6CD1" w:rsidRDefault="00BF6CD1" w:rsidP="00BF6CD1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1710" w:hanging="1710"/>
-        <w:jc w:val="center"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk210726715"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Facilitator Note: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00825255">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>School consequences vary depending on individual school district and campus policies. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Review your school’s policies before teaching this lesson so you can share them with your students.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="1FDE54CE" w14:textId="44393D7F" w:rsidR="007706E0" w:rsidRPr="004A676A" w:rsidRDefault="007706E0" w:rsidP="00E7236D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD641E">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Distribute </w:t>
+      </w:r>
+      <w:r w:rsidR="00265B47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE5CD0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Preventing Dangerous Situations in School Academy</w:t>
+        <w:t>scenario</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to each group. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08FD61D5" w14:textId="77777777" w:rsidR="00DD641E" w:rsidRPr="00607714" w:rsidRDefault="00DD641E" w:rsidP="00DD641E">
+    <w:p w14:paraId="44210BEA" w14:textId="2935C2FD" w:rsidR="004A676A" w:rsidRPr="00B42562" w:rsidRDefault="004A676A" w:rsidP="00E7236D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Explain to students that each group will </w:t>
+      </w:r>
+      <w:r w:rsidR="00265B47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>read, discuss</w:t>
+      </w:r>
+      <w:r w:rsidR="00465BCA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00265B47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="007706E0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00265B47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">answer </w:t>
+      </w:r>
+      <w:r w:rsidR="007706E0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00265B47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">scenario </w:t>
+      </w:r>
+      <w:r w:rsidR="007706E0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">questions. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C24080">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Remind them to use their laws handout and the school consequences that were </w:t>
+      </w:r>
+      <w:r w:rsidR="00265B47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>just discussed</w:t>
+      </w:r>
+      <w:r w:rsidR="00465BCA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and are written on the board</w:t>
+      </w:r>
+      <w:r w:rsidR="00C24080">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as a reference. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A6A4B49" w14:textId="77777777" w:rsidR="00265B47" w:rsidRPr="00C44D3D" w:rsidRDefault="00265B47" w:rsidP="00265B47">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Have each group present their scenario and responses. Use the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90DCD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Facilitator Guide</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to add any additional information that wasn’t shared. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738E5926" w14:textId="517346D4" w:rsidR="00265B47" w:rsidRPr="007F398B" w:rsidRDefault="00265B47" w:rsidP="00265B47">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1710" w:hanging="1710"/>
-[...13 lines deleted...]
-        <w:t>(Middle/High School)</w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F398B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Debrief the lesson by giving each student a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265B47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sticky note</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F398B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Have </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F398B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>them</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F398B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> write </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>down how legal consequences would impact them at home, school</w:t>
+      </w:r>
+      <w:r w:rsidR="00465BCA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or in the future.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B9ED1BC" w14:textId="77777777" w:rsidR="00DD641E" w:rsidRPr="00DD641E" w:rsidRDefault="00DD641E" w:rsidP="00DD641E">
+    <w:p w14:paraId="345E30E7" w14:textId="4D3451D4" w:rsidR="00B02B89" w:rsidRPr="00265B47" w:rsidRDefault="00265B47" w:rsidP="00B02B89">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1710" w:hanging="1710"/>
-[...17 lines deleted...]
-        <w:t>Impact of Threats and Intimidations Lesson Plan</w:t>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00347BCE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Collect </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sticky notes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347BCE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as students exit the class and review to ensure they understand the content.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1703EDC8" w14:textId="77777777" w:rsidR="00135563" w:rsidRDefault="00135563" w:rsidP="00135563">
-[...15 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="4212377D" w14:textId="77777777" w:rsidR="00EC1199" w:rsidRDefault="00B02B89">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4FA1A092" w14:textId="4C0BB3F0" w:rsidR="00EC1199" w:rsidRDefault="00EC1199" w:rsidP="00135563">
-[...487 lines deleted...]
-    <w:p w14:paraId="035A263E" w14:textId="77777777" w:rsidR="00EC1199" w:rsidRPr="00DC7F18" w:rsidRDefault="00EC1199" w:rsidP="00EC1199">
+    <w:p w14:paraId="3E62145E" w14:textId="77777777" w:rsidR="00EC1199" w:rsidRPr="00DC7F18" w:rsidRDefault="00EC1199" w:rsidP="00EC1199">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC7F18">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:drawing>
-[...1100 lines deleted...]
-        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="567FCD42" wp14:editId="7FF2504A">
             <wp:extent cx="2051685" cy="954405"/>
             <wp:effectExtent l="0" t="0" r="5715" b="0"/>
             <wp:docPr id="677293270" name="Picture 677293270" descr="AFLSE w bar fdn"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="AFLSE w bar fdn"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
@@ -4973,51 +3211,59 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48769D53" w14:textId="3272867B" w:rsidR="00BD1E45" w:rsidRPr="00BD1E45" w:rsidRDefault="00BD1E45" w:rsidP="00770DE2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1E45">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Civics:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="166928BF" w14:textId="21E77B6C" w:rsidR="00876B3C" w:rsidRDefault="00876B3C" w:rsidP="00770DE2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
-        <w:t>8.C4.5 Analyze how a specific problem can manifest itself at the local, regional, and global levels, identifying its characteristics and causes, and the challenges and opportunities faced by those trying to address the problem. Apply a range of deliberative and democratic procedures to take action and solve the problem.</w:t>
+        <w:t xml:space="preserve">8.C4.5 Analyze how a specific problem can manifest itself at the local, regional, and global levels, identifying its characteristics and causes, and the challenges and opportunities faced by those trying to address the problem. Apply a range of deliberative and democratic procedures to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>take action</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and solve the problem.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C25D350" w14:textId="77777777" w:rsidR="00770DE2" w:rsidRDefault="00770DE2" w:rsidP="00770DE2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68E85C6A" w14:textId="270CCA3D" w:rsidR="00770DE2" w:rsidRDefault="00770DE2" w:rsidP="00770DE2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00770DE2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>HS.C4.5 Use disciplinary and interdisciplinary lenses to understand the characteristics and causes of local, regional, and global problems,</w:t>
       </w:r>
       <w:r w:rsidR="009D59BD">
@@ -5105,76 +3351,76 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00770DE2" w:rsidRPr="00135563" w:rsidSect="000C2FB9">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="288" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="thinThickMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:left w:val="thinThickMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:bottom w:val="thickThinMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:right w:val="thickThinMediumGap" w:sz="12" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="611E4AD2" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6425EC1D" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5192,119 +3438,121 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lato">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="380BEBE7" w14:textId="1423D4D2" w:rsidR="00DD3CC7" w:rsidRPr="001F3FAB" w:rsidRDefault="00DD3CC7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="380BEBE7" w14:textId="7FF321E8" w:rsidR="00DD3CC7" w:rsidRPr="001F3FAB" w:rsidRDefault="00DD3CC7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="thinThickSmallGap" w:sz="24" w:space="1" w:color="622423" w:themeColor="accent2" w:themeShade="7F"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Arizona Foundation for Legal Services and Education  </w:t>
     </w:r>
     <w:r w:rsidR="001B57D3" w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">                         </w:t>
     </w:r>
-    <w:r w:rsidR="00592367">
+    <w:r w:rsidR="00357928">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>January</w:t>
+      <w:t>November</w:t>
     </w:r>
     <w:r w:rsidR="00D15ACF">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve">, </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00592367">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>2024</w:t>
+      <w:t>202</w:t>
+    </w:r>
+    <w:r w:rsidR="00357928">
+      <w:rPr>
+        <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -5330,76 +3578,114 @@
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3C65BB8F" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRDefault="00DD3CC7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6F6BB41C" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="48A53959" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="64ED8D1E" w14:textId="65C69DF5" w:rsidR="00357928" w:rsidRDefault="00357928">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00357928">
+        <w:t>https://dictionary.cambridge.org/us/dictionary/english/threat</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="364692B3" w14:textId="376C86FE" w:rsidR="00A21925" w:rsidRDefault="00A21925">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21925">
+        <w:t>https://dictionary.cambridge.org/us/dictionary/english/intimidation</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="032251CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C2468EC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -6284,50 +4570,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="29A273A3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FB7A4470"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A657C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="426818D6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6396,51 +4795,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B2E1E2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C366DBE6"/>
     <w:lvl w:ilvl="0" w:tplc="C6E0275C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6487,51 +4886,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="417C62E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="31A25BC2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6573,51 +4972,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45256E36"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9AA66616"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2210" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6659,51 +5058,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5810" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7250" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="464B759C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8B80529A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6808,51 +5207,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B467F3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69C4E816"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6921,51 +5320,141 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CFA61BC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="227693D4"/>
+    <w:lvl w:ilvl="0" w:tplc="645EC778">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51A61BC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9130529A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7034,51 +5523,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53F76BC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F356BF04"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7120,51 +5609,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8640" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9360" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57A76FB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5488CA4"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7206,51 +5695,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61681F0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CFC2452"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7292,51 +5781,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63E47A45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B1A3B44"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7405,51 +5894,168 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="665F0971"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1C8CACE2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67AD19DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="374A6AFE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7491,51 +6097,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78005949"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18280EE4"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7577,51 +6183,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B2620CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1F46E42"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -7668,51 +6274,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D934603"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26C253BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -7782,401 +6388,442 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1604453888">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1345598185">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="843592318">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1486125867">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2010206926">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1425568478">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="265042014">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2133815192">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="512384444">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="302776394">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="307980689">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1750544709">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="219293783">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1916554064">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="558638107">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="509032057">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1746219410">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="203559819">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="674847208">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="665018497">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1822575971">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1740052229">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="89930683">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="443039234">
     <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1731270083">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="884826780">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="913586441">
+    <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="49153"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B02B89"/>
+    <w:rsid w:val="00014383"/>
     <w:rsid w:val="00016A77"/>
     <w:rsid w:val="000243D2"/>
     <w:rsid w:val="00056DE3"/>
+    <w:rsid w:val="00061322"/>
     <w:rsid w:val="00071B32"/>
     <w:rsid w:val="00073638"/>
     <w:rsid w:val="00090FC3"/>
     <w:rsid w:val="000C2FB9"/>
     <w:rsid w:val="000D345C"/>
     <w:rsid w:val="0010781D"/>
     <w:rsid w:val="001257DE"/>
     <w:rsid w:val="00135563"/>
     <w:rsid w:val="00154CB5"/>
     <w:rsid w:val="00160A11"/>
     <w:rsid w:val="001A2990"/>
     <w:rsid w:val="001A7902"/>
     <w:rsid w:val="001B57D3"/>
     <w:rsid w:val="001B70BA"/>
     <w:rsid w:val="001C67B4"/>
     <w:rsid w:val="001E3937"/>
     <w:rsid w:val="001F3FAB"/>
     <w:rsid w:val="001F7F87"/>
     <w:rsid w:val="00201227"/>
     <w:rsid w:val="00205985"/>
     <w:rsid w:val="00211499"/>
     <w:rsid w:val="002323F1"/>
     <w:rsid w:val="002477DA"/>
+    <w:rsid w:val="00265B47"/>
     <w:rsid w:val="00280645"/>
     <w:rsid w:val="00282F65"/>
     <w:rsid w:val="002C2C9A"/>
+    <w:rsid w:val="002C7A89"/>
     <w:rsid w:val="002D52B2"/>
     <w:rsid w:val="002E7E79"/>
     <w:rsid w:val="002F3C6B"/>
     <w:rsid w:val="002F4051"/>
     <w:rsid w:val="00346335"/>
+    <w:rsid w:val="00357928"/>
+    <w:rsid w:val="003657B1"/>
     <w:rsid w:val="0036635E"/>
     <w:rsid w:val="003746EA"/>
     <w:rsid w:val="003864BE"/>
     <w:rsid w:val="003909D8"/>
     <w:rsid w:val="00391C14"/>
     <w:rsid w:val="003A0ADB"/>
     <w:rsid w:val="003E5E4E"/>
+    <w:rsid w:val="003E742E"/>
     <w:rsid w:val="00407C2B"/>
+    <w:rsid w:val="00412159"/>
     <w:rsid w:val="00412D98"/>
     <w:rsid w:val="004409AB"/>
     <w:rsid w:val="00441985"/>
     <w:rsid w:val="00447F51"/>
+    <w:rsid w:val="00465BCA"/>
     <w:rsid w:val="00467D85"/>
+    <w:rsid w:val="00481CA6"/>
     <w:rsid w:val="004A676A"/>
     <w:rsid w:val="004C1842"/>
     <w:rsid w:val="004C3A07"/>
     <w:rsid w:val="004C4E8D"/>
     <w:rsid w:val="004C671B"/>
     <w:rsid w:val="004C6F14"/>
     <w:rsid w:val="004C78EF"/>
+    <w:rsid w:val="004D0B2C"/>
     <w:rsid w:val="004F3387"/>
     <w:rsid w:val="005046BA"/>
     <w:rsid w:val="005269EE"/>
     <w:rsid w:val="00527264"/>
     <w:rsid w:val="00543CB0"/>
     <w:rsid w:val="00557A44"/>
     <w:rsid w:val="005656CA"/>
     <w:rsid w:val="005738D7"/>
     <w:rsid w:val="00575303"/>
     <w:rsid w:val="00580D73"/>
     <w:rsid w:val="00582C01"/>
     <w:rsid w:val="00586DDA"/>
     <w:rsid w:val="00592367"/>
     <w:rsid w:val="005930CE"/>
     <w:rsid w:val="005C1E4E"/>
     <w:rsid w:val="006046EB"/>
     <w:rsid w:val="00607714"/>
     <w:rsid w:val="00613078"/>
     <w:rsid w:val="006172F8"/>
     <w:rsid w:val="0062679B"/>
     <w:rsid w:val="00627053"/>
     <w:rsid w:val="006349C5"/>
     <w:rsid w:val="00634BCB"/>
     <w:rsid w:val="00637E53"/>
     <w:rsid w:val="00657293"/>
     <w:rsid w:val="0066398A"/>
     <w:rsid w:val="006642E6"/>
     <w:rsid w:val="0066538A"/>
     <w:rsid w:val="0067693C"/>
     <w:rsid w:val="00683535"/>
     <w:rsid w:val="00692680"/>
     <w:rsid w:val="00692A50"/>
+    <w:rsid w:val="006C3B8B"/>
+    <w:rsid w:val="006D7633"/>
     <w:rsid w:val="006F063F"/>
     <w:rsid w:val="00702EF8"/>
     <w:rsid w:val="00721095"/>
     <w:rsid w:val="007569D0"/>
     <w:rsid w:val="00757F51"/>
     <w:rsid w:val="007706E0"/>
     <w:rsid w:val="00770754"/>
     <w:rsid w:val="00770DE2"/>
     <w:rsid w:val="00793882"/>
     <w:rsid w:val="00797243"/>
     <w:rsid w:val="007B549A"/>
     <w:rsid w:val="007C0D96"/>
+    <w:rsid w:val="007C55A2"/>
     <w:rsid w:val="007D30A2"/>
     <w:rsid w:val="007D56C4"/>
     <w:rsid w:val="007E53A7"/>
     <w:rsid w:val="00805074"/>
     <w:rsid w:val="00813143"/>
     <w:rsid w:val="00817815"/>
     <w:rsid w:val="00823E29"/>
     <w:rsid w:val="00842A95"/>
     <w:rsid w:val="00876B3C"/>
     <w:rsid w:val="00884D7F"/>
     <w:rsid w:val="008A262C"/>
     <w:rsid w:val="008A7499"/>
     <w:rsid w:val="008C7DD0"/>
     <w:rsid w:val="008D09CB"/>
     <w:rsid w:val="008D694C"/>
     <w:rsid w:val="008E20E2"/>
     <w:rsid w:val="009070E8"/>
     <w:rsid w:val="009225A3"/>
     <w:rsid w:val="009302B3"/>
     <w:rsid w:val="00941DFC"/>
     <w:rsid w:val="00944671"/>
     <w:rsid w:val="00962D81"/>
     <w:rsid w:val="0096500A"/>
+    <w:rsid w:val="00966465"/>
     <w:rsid w:val="00971B3C"/>
     <w:rsid w:val="009753F0"/>
     <w:rsid w:val="00977A39"/>
     <w:rsid w:val="009A2EBF"/>
     <w:rsid w:val="009B25EF"/>
     <w:rsid w:val="009B2F23"/>
     <w:rsid w:val="009C0F69"/>
     <w:rsid w:val="009C4656"/>
     <w:rsid w:val="009C5929"/>
     <w:rsid w:val="009D0224"/>
     <w:rsid w:val="009D59BD"/>
     <w:rsid w:val="009F0F50"/>
     <w:rsid w:val="009F5E35"/>
     <w:rsid w:val="00A01395"/>
     <w:rsid w:val="00A1490D"/>
+    <w:rsid w:val="00A21925"/>
     <w:rsid w:val="00A44C66"/>
     <w:rsid w:val="00A567E2"/>
     <w:rsid w:val="00A5798A"/>
     <w:rsid w:val="00A6454B"/>
     <w:rsid w:val="00A77EAA"/>
     <w:rsid w:val="00A94926"/>
+    <w:rsid w:val="00A9644A"/>
+    <w:rsid w:val="00AA550B"/>
     <w:rsid w:val="00B02B89"/>
     <w:rsid w:val="00B12631"/>
     <w:rsid w:val="00B25894"/>
     <w:rsid w:val="00B32E71"/>
     <w:rsid w:val="00B40A33"/>
     <w:rsid w:val="00B42562"/>
     <w:rsid w:val="00B52E2D"/>
     <w:rsid w:val="00B57020"/>
     <w:rsid w:val="00B60307"/>
     <w:rsid w:val="00B73CDA"/>
     <w:rsid w:val="00B85ED3"/>
     <w:rsid w:val="00BA1AFE"/>
     <w:rsid w:val="00BA50A7"/>
     <w:rsid w:val="00BC1420"/>
     <w:rsid w:val="00BD1E45"/>
     <w:rsid w:val="00BE1B92"/>
     <w:rsid w:val="00BE23CC"/>
     <w:rsid w:val="00BE317A"/>
     <w:rsid w:val="00BE584D"/>
     <w:rsid w:val="00BE6086"/>
     <w:rsid w:val="00BF039A"/>
+    <w:rsid w:val="00BF6CD1"/>
     <w:rsid w:val="00C0030B"/>
+    <w:rsid w:val="00C21C09"/>
     <w:rsid w:val="00C24080"/>
     <w:rsid w:val="00C347FB"/>
     <w:rsid w:val="00C43654"/>
     <w:rsid w:val="00C54487"/>
     <w:rsid w:val="00C57092"/>
     <w:rsid w:val="00C622DA"/>
     <w:rsid w:val="00C63EFC"/>
     <w:rsid w:val="00C70F07"/>
+    <w:rsid w:val="00C74CA4"/>
     <w:rsid w:val="00C8231F"/>
     <w:rsid w:val="00CB6EBF"/>
     <w:rsid w:val="00CF6F52"/>
     <w:rsid w:val="00D06DB1"/>
     <w:rsid w:val="00D15ACF"/>
     <w:rsid w:val="00D2711E"/>
     <w:rsid w:val="00D32C21"/>
     <w:rsid w:val="00D468D3"/>
     <w:rsid w:val="00D6505C"/>
+    <w:rsid w:val="00D7271B"/>
     <w:rsid w:val="00D83221"/>
     <w:rsid w:val="00D833C0"/>
     <w:rsid w:val="00D84C8D"/>
+    <w:rsid w:val="00D90FE8"/>
     <w:rsid w:val="00D95427"/>
     <w:rsid w:val="00DA2B2B"/>
     <w:rsid w:val="00DB777F"/>
     <w:rsid w:val="00DC0544"/>
     <w:rsid w:val="00DC31AC"/>
     <w:rsid w:val="00DC7F18"/>
     <w:rsid w:val="00DD3CC7"/>
     <w:rsid w:val="00DD641E"/>
     <w:rsid w:val="00DD7F10"/>
     <w:rsid w:val="00DF2927"/>
     <w:rsid w:val="00E00A0D"/>
     <w:rsid w:val="00E234BC"/>
     <w:rsid w:val="00E26288"/>
     <w:rsid w:val="00E35E15"/>
     <w:rsid w:val="00E5078B"/>
+    <w:rsid w:val="00E54E98"/>
     <w:rsid w:val="00E7236D"/>
     <w:rsid w:val="00E76987"/>
     <w:rsid w:val="00E842CC"/>
     <w:rsid w:val="00E84449"/>
     <w:rsid w:val="00E8540B"/>
     <w:rsid w:val="00E9344E"/>
     <w:rsid w:val="00E962DD"/>
     <w:rsid w:val="00EA37F0"/>
     <w:rsid w:val="00EB0D8E"/>
     <w:rsid w:val="00EC1199"/>
     <w:rsid w:val="00EE5CD0"/>
     <w:rsid w:val="00EF3E2B"/>
     <w:rsid w:val="00F05208"/>
     <w:rsid w:val="00F16AD8"/>
     <w:rsid w:val="00F27365"/>
     <w:rsid w:val="00F50DF2"/>
+    <w:rsid w:val="00F54E0F"/>
     <w:rsid w:val="00F67C39"/>
     <w:rsid w:val="00F71FFB"/>
     <w:rsid w:val="00F748ED"/>
+    <w:rsid w:val="00F935FF"/>
     <w:rsid w:val="00FA5BE7"/>
     <w:rsid w:val="00FC36B0"/>
+    <w:rsid w:val="00FC5985"/>
+    <w:rsid w:val="00FC79E4"/>
     <w:rsid w:val="00FD115E"/>
     <w:rsid w:val="00FE4761"/>
     <w:rsid w:val="00FF11D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="49153"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6C0F4E22"/>
   <w15:docId w15:val="{F0441A65-B37C-4773-A02F-50D0F51686EF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8799,55 +7446,94 @@
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005269EE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00B32E71"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00357928"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00357928"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00357928"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="118037656">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="242371285">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8961,87 +7647,87 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="192B74046782404D927B71A0898EF11A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1F6636E8-DE1A-422B-A11F-B89312C3CCA3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E20F61" w:rsidRDefault="002A11D9" w:rsidP="002A11D9">
           <w:pPr>
             <w:pStyle w:val="192B74046782404D927B71A0898EF11A"/>
           </w:pPr>
           <w:r w:rsidRPr="00EE2CB9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -9059,117 +7745,123 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Lato">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A11D9"/>
     <w:rsid w:val="000F4684"/>
     <w:rsid w:val="002A11D9"/>
+    <w:rsid w:val="003657B1"/>
+    <w:rsid w:val="00412159"/>
+    <w:rsid w:val="00966465"/>
+    <w:rsid w:val="00C21C09"/>
     <w:rsid w:val="00D6222F"/>
     <w:rsid w:val="00E20F61"/>
+    <w:rsid w:val="00E54E98"/>
+    <w:rsid w:val="00F935FF"/>
+    <w:rsid w:val="00FC5985"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9578,51 +8270,51 @@
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002A11D9"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="192B74046782404D927B71A0898EF11A">
     <w:name w:val="192B74046782404D927B71A0898EF11A"/>
     <w:rsid w:val="002A11D9"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -9886,50 +8578,74 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4800617c-8abc-4513-8684-14d29e623f83">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001D68C54F14245A41ABB6A58E436808E3" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7e135111e5fb799507239e96199f7a6a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xmlns:ns3="4800617c-8abc-4513-8684-14d29e623f83" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7fd6e20374dea80c67ba280ef0ebe7d3" ns2:_="" ns3:_="">
     <xsd:import namespace="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <xsd:import namespace="4800617c-8abc-4513-8684-14d29e623f83"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -10128,150 +8844,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3E068F2-D67B-49E6-9E51-CA0DFB56C85A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F962F607-E10B-4226-910B-46B1FDC1A666}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
+    <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5674393A-9F75-4A16-A852-E5A3E79EEA8A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90929A4F-8993-4F2C-9255-44E3B039EFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>7877</Characters>
+  <Pages>3</Pages>
+  <Words>955</Words>
+  <Characters>5181</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>110</Lines>
+  <Paragraphs>63</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Arizona Bar Foundation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9240</CharactersWithSpaces>
+  <CharactersWithSpaces>6073</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Diana Strouth</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001D68C54F14245A41ABB6A58E436808E3</vt:lpwstr>