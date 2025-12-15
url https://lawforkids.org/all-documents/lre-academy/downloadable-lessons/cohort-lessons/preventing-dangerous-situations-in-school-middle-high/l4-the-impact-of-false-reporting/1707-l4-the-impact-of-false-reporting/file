--- v0 (2025-11-04)
+++ v1 (2025-12-15)
@@ -12,51 +12,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="07BEBD2A" w14:textId="77777777" w:rsidR="00D15ACF" w:rsidRPr="00DC7F18" w:rsidRDefault="00DD3CC7" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC7F18">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CCFA99A" wp14:editId="05AA3FAE">
             <wp:extent cx="2051685" cy="954405"/>
             <wp:effectExtent l="0" t="0" r="5715" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="AFLSE w bar fdn"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -392,108 +392,136 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00DD3CC7" w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">bjectives: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29F0109E" w14:textId="1301A573" w:rsidR="008618AB" w:rsidRPr="008618AB" w:rsidRDefault="008618AB" w:rsidP="008618AB">
+    <w:p w14:paraId="3DFF70D0" w14:textId="56A393FA" w:rsidR="00D24C91" w:rsidRPr="008618AB" w:rsidRDefault="00D24C91" w:rsidP="00D24C91">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008618AB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Students will identify how false reporting of weapons on campus impacts the school community and law enforcement</w:t>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">Students will </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>understand the consequences</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008618AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of false reporting</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79BA51B1" w14:textId="712619B2" w:rsidR="008618AB" w:rsidRPr="008618AB" w:rsidRDefault="008618AB" w:rsidP="008618AB">
+    <w:p w14:paraId="29F0109E" w14:textId="04F50EDE" w:rsidR="008618AB" w:rsidRPr="008618AB" w:rsidRDefault="008618AB" w:rsidP="008618AB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008618AB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Students will identify legal and school community consequences of false reporting</w:t>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">Students will identify </w:t>
+      </w:r>
+      <w:r w:rsidR="00D24C91">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008618AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D24C91">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>impact on individuals, families, schools and the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008618AB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> community </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="738DF7A3" w14:textId="77777777" w:rsidR="00C8231F" w:rsidRPr="00135563" w:rsidRDefault="00C8231F" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28620EB8" w14:textId="3CE86504" w:rsidR="002D52B2" w:rsidRPr="001B0993" w:rsidRDefault="002D52B2" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk146786023"/>
       <w:r w:rsidRPr="001B0993">
         <w:rPr>
           <w:b/>
@@ -573,216 +601,292 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Materials:</w:t>
       </w:r>
       <w:r w:rsidR="00E7236D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E409724" w14:textId="77777777" w:rsidR="008618AB" w:rsidRPr="008618AB" w:rsidRDefault="008618AB" w:rsidP="008618AB">
+    <w:p w14:paraId="28B2E90E" w14:textId="6D167D24" w:rsidR="008618AB" w:rsidRPr="00685953" w:rsidRDefault="008618AB" w:rsidP="00685953">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk211519178"/>
       <w:r w:rsidRPr="008618AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Large poster paper and markers for each group</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28B2E90E" w14:textId="26F5B246" w:rsidR="008618AB" w:rsidRDefault="00922F7C" w:rsidP="001A3506">
+    <w:p w14:paraId="4E2171C4" w14:textId="15A5F560" w:rsidR="00BE2D0C" w:rsidRDefault="00BE2D0C" w:rsidP="001A3506">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>School Policy for False Reporting (facilitator should research this prior to class)</w:t>
+        <w:t xml:space="preserve">False Reporting Scenario, 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00685953">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>copy per group</w:t>
+      </w:r>
+      <w:r w:rsidR="00240408">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and facilitator</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E2171C4" w14:textId="6424506D" w:rsidR="00BE2D0C" w:rsidRDefault="00BE2D0C" w:rsidP="001A3506">
+    <w:p w14:paraId="40053320" w14:textId="3A7F443C" w:rsidR="00BE2D0C" w:rsidRDefault="00685953" w:rsidP="001A3506">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>False Reporting Scenario, 1 per student</w:t>
+        <w:t>Index Card</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2D0C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 1 per student</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40053320" w14:textId="45CC8D7E" w:rsidR="00BE2D0C" w:rsidRPr="001A3506" w:rsidRDefault="00BE2D0C" w:rsidP="001A3506">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="6870322F" w14:textId="77777777" w:rsidR="00685953" w:rsidRPr="00A612FD" w:rsidRDefault="00685953" w:rsidP="00685953">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A612FD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Prior to the lesson:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62C2DB9E" w14:textId="31BC433C" w:rsidR="00685953" w:rsidRPr="00685953" w:rsidRDefault="00685953" w:rsidP="00685953">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Sticky note, 1 per student</w:t>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your school’s policy for false reporting</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="78A05A9D" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AC141EE" w14:textId="756E23F4" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
+    <w:p w14:paraId="3AC141EE" w14:textId="2D92D9BF" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Timeframe: </w:t>
-[...22 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>Timeframe</w:t>
+      </w:r>
+      <w:r w:rsidR="00D24C91" w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D24C91">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidR="008618AB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15ACF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Minutes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="230B298B" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E458A6A" w14:textId="77777777" w:rsidR="002F4051" w:rsidRPr="002F4051" w:rsidRDefault="002F4051" w:rsidP="002F4051">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk146786075"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk146786075"/>
       <w:r w:rsidRPr="002F4051">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Team Teaching:</w:t>
       </w:r>
       <w:r w:rsidRPr="002F4051">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  For effective implementation of Law Related Education (LRE), team teach with the classroom teacher by…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53DE241A" w14:textId="77777777" w:rsidR="00E7236D" w:rsidRPr="00CB37FF" w:rsidRDefault="00E7236D" w:rsidP="00E7236D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -827,969 +931,1363 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB37FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Assigning the classroom teacher part of the lesson instructions. Team teaching with the classroom teacher enables the students to further see the importance of LRE lessons. It also provides an opportunity for the classroom teacher to demonstrate teaching skills conducive for effective teaching. Student attention can be maintained more easily with different voices and personalities experienced throughout the lesson.</w:t>
+        <w:t xml:space="preserve">Assigning the classroom teacher part of the lesson instructions. Team teaching with the classroom teacher enables the students to further see the importance of LRE lessons. It also provides an opportunity for the classroom teacher to demonstrate teaching skills conducive </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> effective teaching. Student attention can be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maintained</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> more easily with different voices and personalities experienced throughout the lesson.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34AB7EE4" w14:textId="77777777" w:rsidR="002F4051" w:rsidRDefault="002F4051" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="322FB9F6" w14:textId="6DCB180D" w:rsidR="00C8231F" w:rsidRPr="00E7236D" w:rsidRDefault="00E7236D" w:rsidP="00C8231F">
+    <w:p w14:paraId="51F15F5B" w14:textId="77777777" w:rsidR="00B75D28" w:rsidRDefault="00B75D28" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ECB55FB" w14:textId="77777777" w:rsidR="00B75D28" w:rsidRDefault="00B75D28" w:rsidP="00E842CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6364CDF7" w14:textId="77777777" w:rsidR="00B75D28" w:rsidRDefault="00B75D28" w:rsidP="00E842CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F24540C" w14:textId="77777777" w:rsidR="00B75D28" w:rsidRDefault="00B75D28" w:rsidP="00E842CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="322FB9F6" w14:textId="6DCB180D" w:rsidR="00C8231F" w:rsidRPr="00E7236D" w:rsidRDefault="00E7236D" w:rsidP="00C8231F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lesson: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="4BA8F729" w14:textId="77777777" w:rsidR="008618AB" w:rsidRDefault="008618AB" w:rsidP="008618AB">
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="5420CB48" w14:textId="554C4C72" w:rsidR="00B75D28" w:rsidRDefault="008618AB" w:rsidP="00B75D28">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Divide students into small groups of 3 or 4 students each. Provide each group with </w:t>
+        <w:t xml:space="preserve">Divide </w:t>
+      </w:r>
+      <w:r w:rsidR="000F3F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the class </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">into small groups of 3 or 4 students each. Provide each group with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>large poster paper and markers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C1EAE45" w14:textId="77777777" w:rsidR="008618AB" w:rsidRDefault="008618AB" w:rsidP="008618AB">
+    <w:p w14:paraId="301066C2" w14:textId="213B18CB" w:rsidR="008618AB" w:rsidRPr="00B75D28" w:rsidRDefault="008618AB" w:rsidP="00B75D28">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Have students create a list of reasons as to why people lie. Have each group share their responses.</w:t>
+      <w:bookmarkStart w:id="3" w:name="_Hlk211519199"/>
+      <w:r w:rsidRPr="00B75D28">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Read out loud the following scenario: </w:t>
+      </w:r>
+      <w:r w:rsidR="00685953" w:rsidRPr="00685953">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>It’s your birthday, and your friends and family gather to celebrate. One of your close friends gives you a handmade, colorful sweater she knitted herself. You appreciate the effort, but it’s not your style and you know you’ll never wear it. How do you respond</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B75D28">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="301066C2" w14:textId="43CB7238" w:rsidR="008618AB" w:rsidRDefault="008618AB" w:rsidP="008618AB">
+    <w:p w14:paraId="0042E437" w14:textId="4542E9EC" w:rsidR="008618AB" w:rsidRDefault="00D24C91" w:rsidP="008618AB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00D24C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ask students to share their reactions. Highlight that while some lies (like a white lie to </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Read out loud the following scenario: It's Christmas day and your family gathers at your house to open gifts. Aunt Betty gifted you a colorful sweater that she knitted herself. The sweater is not your style, and you know for a fact you would never wear it. What would be your reaction?</w:t>
+        <w:t>your friend</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>) may seem harmless, other lies can have serious consequences affecting family, school, community, and even law enforcement.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0042E437" w14:textId="17307BD0" w:rsidR="008618AB" w:rsidRDefault="008618AB" w:rsidP="008618AB">
+    <w:p w14:paraId="1134D929" w14:textId="47C9CC90" w:rsidR="00067F8C" w:rsidRDefault="00067F8C" w:rsidP="008618AB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Have students share their response out loud. Remind them that even though white lies like the one </w:t>
-[...6 lines deleted...]
-        <w:t>said</w:t>
+        <w:t xml:space="preserve">Explain to the class that </w:t>
+      </w:r>
+      <w:r w:rsidR="00D24C91">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>this lesson will focus on how serious lies, like false reporting, can impact many people</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to Aunt Betty wouldn’t hurt anyone, there are other lies that have serious consequences with family, school</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> and law.</w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1134D929" w14:textId="1AA8CDF3" w:rsidR="00067F8C" w:rsidRDefault="00067F8C" w:rsidP="008618AB">
+    <w:p w14:paraId="1B4A6289" w14:textId="039F936F" w:rsidR="00067F8C" w:rsidRDefault="00D24C91" w:rsidP="008618AB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Explain to the class that serious lies about crimes can have a big impact on everyone involved. This lesson will help the youth look at what false reporting can mean for different stakeholders. </w:t>
+        <w:t>Hand out</w:t>
+      </w:r>
+      <w:r w:rsidR="00067F8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00067F8C" w:rsidRPr="00BE2D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">False Reporting Scenario </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>to each group</w:t>
+      </w:r>
+      <w:r w:rsidR="00B75D28">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B4A6289" w14:textId="5E73C796" w:rsidR="00067F8C" w:rsidRDefault="00067F8C" w:rsidP="008618AB">
+    <w:p w14:paraId="1F1D710C" w14:textId="0B992B4A" w:rsidR="00B75D28" w:rsidRPr="00240408" w:rsidRDefault="00B75D28" w:rsidP="001A3506">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide each student with the </w:t>
-[...15 lines deleted...]
-        <w:t>handout and read it to the class or ask for a volunteer to read it:</w:t>
+        <w:t>Ask for a volunteer to read the scenario aloud.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F3F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (If choosing a student, check with the teacher first to ensure the student picked </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000F3F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>is able to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000F3F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> read the scenario)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31898AB5" w14:textId="77777777" w:rsidR="00067F8C" w:rsidRDefault="00067F8C" w:rsidP="00067F8C">
-[...112 lines deleted...]
-    <w:p w14:paraId="14FFBBBE" w14:textId="4376361B" w:rsidR="004B42B1" w:rsidRDefault="004B42B1" w:rsidP="008618AB">
+    <w:p w14:paraId="14FFBBBE" w14:textId="0089D15F" w:rsidR="004B42B1" w:rsidRDefault="00B75D28" w:rsidP="008618AB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Ask the small groups to re-read the scenario with</w:t>
-[...6 lines deleted...]
-        <w:t>in</w:t>
+        <w:t>Ask</w:t>
+      </w:r>
+      <w:r w:rsidR="004B42B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> their group and create a list of people who may be affected by this false report. Walk around to the groups to help get them started.</w:t>
+        <w:t xml:space="preserve">groups </w:t>
+      </w:r>
+      <w:r w:rsidR="00896ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>to d</w:t>
+      </w:r>
+      <w:r w:rsidR="00896ECF" w:rsidRPr="00896ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">raw </w:t>
+      </w:r>
+      <w:r w:rsidR="00896ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on their </w:t>
+      </w:r>
+      <w:r w:rsidR="00896ECF" w:rsidRPr="00896ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>large poster paper</w:t>
+      </w:r>
+      <w:r w:rsidR="00896ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00896ECF" w:rsidRPr="00896ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">one vertical line down the middle and one horizontal line across the middle to make four boxes on </w:t>
+      </w:r>
+      <w:r w:rsidR="00896ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidR="00896ECF" w:rsidRPr="00896ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> poster.</w:t>
+      </w:r>
+      <w:r w:rsidR="00896ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> In the first box, ask them to list all individuals </w:t>
+      </w:r>
+      <w:r w:rsidR="004B42B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">who may be affected by this false report. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>The facilitator will walk around the room and provide support as needed</w:t>
+      </w:r>
+      <w:r w:rsidR="004B42B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54566B6E" w14:textId="3CECAFE2" w:rsidR="004B42B1" w:rsidRDefault="004B42B1" w:rsidP="008618AB">
+    <w:p w14:paraId="54566B6E" w14:textId="076D1FFE" w:rsidR="004B42B1" w:rsidRDefault="00896ECF" w:rsidP="008618AB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ask </w:t>
+        <w:t>Have</w:t>
+      </w:r>
+      <w:r w:rsidR="004B42B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009355AF">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">each group to report out one answer until all answers have been shared. </w:t>
+        <w:t xml:space="preserve">each group </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B75D28">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>share</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B75D28">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t>individuals</w:t>
+      </w:r>
+      <w:r w:rsidR="00B75D28">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> impacted until all possible groups are named</w:t>
+      </w:r>
+      <w:r w:rsidR="009355AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004B42B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>Possible answers: students at the school, parents/families, teachers/school staff, surrounding community, friends of the students, etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F5E307C" w14:textId="2D0AA157" w:rsidR="004B42B1" w:rsidRDefault="004B42B1" w:rsidP="008618AB">
+    <w:p w14:paraId="396FEB20" w14:textId="77C18E5F" w:rsidR="00896ECF" w:rsidRPr="00896ECF" w:rsidRDefault="00896ECF" w:rsidP="00896ECF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> or ask a student to do so. Once a list has been established, ask the students to individually and silently think of how they would feel if they thought an active shooter was on campus. Then ask them to individually and silently think of how their loved ones would feel if they thought they were at school in a real lockdown.</w:t>
+      <w:r w:rsidRPr="00896ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ask students to silently reflect on:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50BFA91A" w14:textId="5CB6CAB4" w:rsidR="004B42B1" w:rsidRDefault="004B42B1" w:rsidP="008618AB">
+    <w:p w14:paraId="159BFC86" w14:textId="77777777" w:rsidR="00896ECF" w:rsidRPr="00896ECF" w:rsidRDefault="00896ECF" w:rsidP="00896ECF">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00896ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>How would they feel during a lockdown thinking there’s an active shooter?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F5E307C" w14:textId="056E361B" w:rsidR="004B42B1" w:rsidRDefault="00896ECF" w:rsidP="00896ECF">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00896ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>How would their families feel?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01254829" w14:textId="77777777" w:rsidR="00896ECF" w:rsidRDefault="00896ECF" w:rsidP="008618AB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Ask for a few volunteers to report out possible feelings. </w:t>
+      <w:r w:rsidRPr="00896ECF">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Invite a few volunteers to share their thoughts and feelings.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB456E0" w14:textId="7501A6A1" w:rsidR="004B42B1" w:rsidRDefault="004B42B1" w:rsidP="008618AB">
+    <w:p w14:paraId="79066782" w14:textId="2EEB1CD2" w:rsidR="003071A5" w:rsidRDefault="00896ECF" w:rsidP="00356D20">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>Have groups return to their small groups to brainstorm the impact of having the police respond to a false report. Walk around the room to help the students as needed.</w:t>
+      <w:r w:rsidRPr="003071A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Now in the second box</w:t>
+      </w:r>
+      <w:r w:rsidR="003071A5" w:rsidRPr="003071A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on the large poster paper</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003071A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ask </w:t>
+      </w:r>
+      <w:r w:rsidR="003071A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>groups</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003071A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="003071A5" w:rsidRPr="003071A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>write how police are affected by responding to a false report</w:t>
+      </w:r>
+      <w:r w:rsidR="004B42B1" w:rsidRPr="003071A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003071A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>The facilitator will walk around the room and provide support as needed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA44A46" w14:textId="42B9C49A" w:rsidR="004B42B1" w:rsidRDefault="004B42B1" w:rsidP="008618AB">
+    <w:p w14:paraId="3DA44A46" w14:textId="31AB8605" w:rsidR="004B42B1" w:rsidRPr="003071A5" w:rsidRDefault="003071A5" w:rsidP="00356D20">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">As groups report out, expand on their answers if needed. Possible answers: the officers are pulled away from the community to help in real emergencies because their attention is on a false report, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00922F7C">
+        <w:t>Have groups share out and</w:t>
+      </w:r>
+      <w:r w:rsidR="004B42B1" w:rsidRPr="003071A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> expand on their answers </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidR="004B42B1" w:rsidRPr="003071A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">needed. Possible answers: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>officers pulled away from real emergencies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003071A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> strain on emergency systems, </w:t>
+      </w:r>
+      <w:r w:rsidR="00922F7C" w:rsidRPr="003071A5">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>the cost of the officers responding is misused, etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2694203B" w14:textId="295C6DE3" w:rsidR="00922F7C" w:rsidRDefault="00922F7C" w:rsidP="008618AB">
+    <w:p w14:paraId="2694203B" w14:textId="08EDE42F" w:rsidR="00922F7C" w:rsidRDefault="003071A5" w:rsidP="008618AB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Next, small groups will consider the impact on student learning. Ask groups to brainstorm how student learning would be impacted from this false report. </w:t>
+        <w:t xml:space="preserve">In the third box on the large poster paper, ask groups to write </w:t>
+      </w:r>
+      <w:r w:rsidR="00922F7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">how student learning would be impacted from this false report. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B1C76CB" w14:textId="444F96A7" w:rsidR="00922F7C" w:rsidRDefault="00922F7C" w:rsidP="008618AB">
+    <w:p w14:paraId="3B1C76CB" w14:textId="6399F1D4" w:rsidR="00922F7C" w:rsidRDefault="003071A5" w:rsidP="008618AB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Allow each group to provide one answer. Possible answers: learning loss for that day while in lockdown and then after it is over because students cannot concentrate, families may take their student from school for that day, fear when returning to school and not being able to concentrate, etc.</w:t>
+        <w:t>Have groups share out and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003071A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> expand on their answers </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003071A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">needed. </w:t>
+      </w:r>
+      <w:r w:rsidR="00922F7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Possible answers:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> missed class time, difficulty concentrating afterwards, increased fear and anxiety at school</w:t>
+      </w:r>
+      <w:r w:rsidR="00922F7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BFA3BA5" w14:textId="4159A952" w:rsidR="00922F7C" w:rsidRDefault="00922F7C" w:rsidP="008618AB">
+    <w:p w14:paraId="6BFA3BA5" w14:textId="41113165" w:rsidR="00922F7C" w:rsidRDefault="003071A5" w:rsidP="008618AB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">The final review will be the impact </w:t>
-[...6 lines deleted...]
-        <w:t>on</w:t>
+        <w:t>In the fourth box on the large poster paper, ask groups to write possible</w:t>
+      </w:r>
+      <w:r w:rsidR="00922F7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> consequences Steph and her cousin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Steph and her cousin. Ask the small groups to brainstorm what consequences they think Steph and her cousin would receive from their false report. </w:t>
+        <w:t>might face</w:t>
+      </w:r>
+      <w:r w:rsidR="00922F7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from their false report. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29B7A130" w14:textId="6FDB6337" w:rsidR="00922F7C" w:rsidRDefault="00922F7C" w:rsidP="008618AB">
+    <w:p w14:paraId="45CB7EFF" w14:textId="77777777" w:rsidR="00685953" w:rsidRPr="005211B9" w:rsidRDefault="003071A5" w:rsidP="008618AB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...13 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005211B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Have groups share out and expand on their answers as needed.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005211B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29B7A130" w14:textId="6279AE27" w:rsidR="00922F7C" w:rsidRPr="005211B9" w:rsidRDefault="00685953" w:rsidP="005211B9">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005211B9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Facilitator Note: </w:t>
+      </w:r>
+      <w:r w:rsidR="005211B9" w:rsidRPr="005211B9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Depending on the severity, students could face suspension, expulsion, or criminal charges. In Arizona</w:t>
+      </w:r>
+      <w:r w:rsidR="00922F7C" w:rsidRPr="005211B9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, false reporting is a </w:t>
+      </w:r>
+      <w:r w:rsidR="005211B9" w:rsidRPr="005211B9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>crime,</w:t>
+      </w:r>
+      <w:r w:rsidR="004368E8" w:rsidRPr="005211B9">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and students could be charged with a crime. The following charges could be filed:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A122D3B" w14:textId="3931A185" w:rsidR="004368E8" w:rsidRDefault="004368E8" w:rsidP="004368E8">
+    <w:p w14:paraId="5A122D3B" w14:textId="3931A185" w:rsidR="004368E8" w:rsidRPr="005211B9" w:rsidRDefault="004368E8" w:rsidP="004368E8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005211B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A.R.S 13-2907.01 False reporting to law enforcement agencies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A4DFEA9" w14:textId="0D89EC0C" w:rsidR="004368E8" w:rsidRDefault="004368E8" w:rsidP="004368E8">
+    <w:p w14:paraId="3A4DFEA9" w14:textId="0D89EC0C" w:rsidR="004368E8" w:rsidRPr="005211B9" w:rsidRDefault="004368E8" w:rsidP="004368E8">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005211B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>A.R.S. 13-2911 Interference with or disruption of an educational institution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2139CD40" w14:textId="57A00537" w:rsidR="008618AB" w:rsidRDefault="009355AF" w:rsidP="00BE2D0C">
+    <w:p w14:paraId="3EB8CBB7" w14:textId="0AADD132" w:rsidR="005211B9" w:rsidRDefault="005211B9" w:rsidP="005211B9">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="720"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005211B9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>School consequences vary depending on individual school district and campus policies. Review your school’s policies before teaching this lesson so you can share them with your students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BAC232D" w14:textId="77777777" w:rsidR="000F3F2F" w:rsidRDefault="000F3F2F" w:rsidP="000F3F2F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Share with the whole class that</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Ask them to individually consider how that cost would impact their family. </w:t>
+        <w:t xml:space="preserve">Share with the whole class that if the student is under the age of 18, the court may decide that the student’s family be held financially responsible. Ask them to individually consider how that cost would impact their family. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ADE09C0" w14:textId="59D4EB00" w:rsidR="008618AB" w:rsidRDefault="008618AB" w:rsidP="008618AB">
+    <w:p w14:paraId="276F9D57" w14:textId="415A5B10" w:rsidR="000F3F2F" w:rsidRPr="00844D6D" w:rsidRDefault="000F3F2F" w:rsidP="005211B9">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Have students discuss in their groups what consequences their families would give them for false reporting and have each group share their responses.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3328FB25" w14:textId="58484ECB" w:rsidR="008618AB" w:rsidRDefault="008618AB" w:rsidP="008618AB">
-[...1 lines deleted...]
-        <w:pStyle w:val="NormalWeb"/>
+    <w:p w14:paraId="3EA8E7F8" w14:textId="4E558576" w:rsidR="00685953" w:rsidRPr="00685953" w:rsidRDefault="00685953" w:rsidP="00685953">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...43 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00685953">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Debrief the lesson by having students answer the following question on an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685953">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-        <w:t>sticky note</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>index card:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685953">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685953">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">How would </w:t>
+      </w:r>
+      <w:r w:rsidR="005211B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a false report impact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685953">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">anonymously </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>you, your family</w:t>
+      </w:r>
+      <w:r w:rsidR="000F3F2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>(If needed, each note could be reviewed prior to them posting on the whiteboard.)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and your community</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685953">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46377F9A" w14:textId="77777777" w:rsidR="008618AB" w:rsidRDefault="008618AB" w:rsidP="008618AB">
-[...1 lines deleted...]
-        <w:pStyle w:val="NormalWeb"/>
+    <w:p w14:paraId="345E30E7" w14:textId="01D37BEB" w:rsidR="00B02B89" w:rsidRPr="00685953" w:rsidRDefault="00685953" w:rsidP="00B02B89">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A052A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Collect index cards as students exit the class and review the fact to ensure they understand the content. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2294A55C" w14:textId="4A4C533F" w:rsidR="00135563" w:rsidRDefault="00B02B89">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-        <w:t>Read each answer out loud and use this opportunity to clarify misunderstandings.</w:t>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="345E30E7" w14:textId="77777777" w:rsidR="00B02B89" w:rsidRDefault="00B02B89" w:rsidP="00B02B89">
-[...44 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="3E62145E" w14:textId="77777777" w:rsidR="00EC1199" w:rsidRPr="00DC7F18" w:rsidRDefault="00EC1199" w:rsidP="00EC1199">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC7F18">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="567FCD42" wp14:editId="7FF2504A">
             <wp:extent cx="2051685" cy="954405"/>
             <wp:effectExtent l="0" t="0" r="5715" b="0"/>
             <wp:docPr id="677293270" name="Picture 677293270" descr="AFLSE w bar fdn"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="AFLSE w bar fdn"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
@@ -2194,76 +2692,76 @@
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BE66BC" w:rsidRPr="00BE66BC" w:rsidSect="000C2FB9">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="288" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="thinThickMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:left w:val="thinThickMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:bottom w:val="thickThinMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:right w:val="thickThinMediumGap" w:sz="12" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="611E4AD2" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6425EC1D" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2279,102 +2777,86 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="380BEBE7" w14:textId="63987A10" w:rsidR="00DD3CC7" w:rsidRPr="001F3FAB" w:rsidRDefault="00DD3CC7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="380BEBE7" w14:textId="304456AA" w:rsidR="00DD3CC7" w:rsidRPr="001F3FAB" w:rsidRDefault="00DD3CC7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="thinThickSmallGap" w:sz="24" w:space="1" w:color="622423" w:themeColor="accent2" w:themeShade="7F"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Arizona Foundation for Legal Services and Education  </w:t>
     </w:r>
     <w:r w:rsidR="001B57D3" w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">                         </w:t>
     </w:r>
-    <w:r w:rsidR="00BE66BC">
+    <w:r w:rsidR="005211B9">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>January</w:t>
-[...15 lines deleted...]
-      <w:t>2024</w:t>
+      <w:t>November 2025</w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -2400,76 +2882,76 @@
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3C65BB8F" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRDefault="00DD3CC7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6F6BB41C" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="48A53959" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="032251CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C2468EC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -2825,50 +3307,167 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07EC2B22"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0278F6EA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="16"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A1569F5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="548AC96A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2973,51 +3572,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B5F7EEE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B25A97AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3086,51 +3685,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D330B1F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CCCE9E96"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3235,51 +3834,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D786309"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="427C060E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -3348,51 +3947,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15E95074"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6DCEDBAC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3461,51 +4060,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15FE5FC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A874E2A2"/>
     <w:lvl w:ilvl="0" w:tplc="1AEE5CFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3552,51 +4151,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CBB653D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A6F23B84"/>
     <w:lvl w:ilvl="0" w:tplc="C262CF34">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3642,65 +4241,69 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22D754A4"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="07582D58"/>
+    <w:tmpl w:val="9836CBAC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -3752,51 +4355,200 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24953446"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="44F6FEA0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E2F07AA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="548AC96A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3901,51 +4653,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FE06F5C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B25A97AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4014,51 +4766,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A657C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="426818D6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4127,51 +4879,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B2E1E2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C366DBE6"/>
     <w:lvl w:ilvl="0" w:tplc="C6E0275C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -4218,51 +4970,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44D43C91"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B25A97AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4331,51 +5083,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="463647C9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B25A97AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4444,51 +5196,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="464B759C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8B80529A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4593,51 +5345,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B467F3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69C4E816"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4706,51 +5458,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C720932"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9CF84B70"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4819,51 +5571,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51A61BC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9130529A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4932,51 +5684,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53F76BC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F356BF04"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5018,51 +5770,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8640" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9360" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="543E188D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B25A97AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5131,51 +5883,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57A76FB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5488CA4"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5217,51 +5969,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F010604"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D1065DD6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5330,51 +6082,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61681F0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CFC2452"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5416,51 +6168,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="637245B2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B25A97AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5529,51 +6281,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63E47A45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B1A3B44"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5642,51 +6394,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67AD19DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="374A6AFE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5728,51 +6480,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6904795E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B25A97AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5841,51 +6593,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="698D18BE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B25A97AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5954,51 +6706,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A883668"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B25A97AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6067,51 +6819,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CBF363F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B25A97AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6180,51 +6932,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78005949"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18280EE4"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6266,51 +7018,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B2620CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1F46E42"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6357,51 +7109,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D934603"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26C253BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -6471,435 +7223,456 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1604453888">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1345598185">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="843592318">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1486125867">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2010206926">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1425568478">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="265042014">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2133815192">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="512384444">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="302776394">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="307980689">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1750544709">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="219293783">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1916554064">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="558638107">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="509032057">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1746219410">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="203559819">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="674847208">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="665018497">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1822575971">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1049838019">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="998465668">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="588930576">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1992563151">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="665018497">
-[...5 lines deleted...]
-  <w:num w:numId="22" w16cid:durableId="1049838019">
+  <w:num w:numId="26" w16cid:durableId="1836915151">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="998465668">
-[...2 lines deleted...]
-  <w:num w:numId="24" w16cid:durableId="588930576">
+  <w:num w:numId="27" w16cid:durableId="28340848">
     <w:abstractNumId w:val="25"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1579168755">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="858932438">
+    <w:abstractNumId w:val="35"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="2105345555">
+    <w:abstractNumId w:val="32"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="358317389">
+    <w:abstractNumId w:val="34"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val="%1."/>
+        <w:lvlJc w:val="left"/>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1232499304">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1818063795">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1429884010">
     <w:abstractNumId w:val="33"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="2105345555">
-[...34 lines deleted...]
-  </w:num>
   <w:num w:numId="35" w16cid:durableId="302001126">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="29"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1698847581">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:lvlJc w:val="left"/>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1146976295">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1725132247">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="412437850">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B02B89"/>
     <w:rsid w:val="00016A77"/>
     <w:rsid w:val="000243D2"/>
     <w:rsid w:val="00067F8C"/>
     <w:rsid w:val="00073638"/>
     <w:rsid w:val="00074074"/>
     <w:rsid w:val="000C2FB9"/>
     <w:rsid w:val="000D345C"/>
+    <w:rsid w:val="000F3F2F"/>
     <w:rsid w:val="0010781D"/>
     <w:rsid w:val="001257DE"/>
     <w:rsid w:val="00135563"/>
     <w:rsid w:val="00154CB5"/>
     <w:rsid w:val="00160A11"/>
     <w:rsid w:val="001A3506"/>
     <w:rsid w:val="001A7902"/>
     <w:rsid w:val="001B57D3"/>
     <w:rsid w:val="001D52A3"/>
     <w:rsid w:val="001F3FAB"/>
     <w:rsid w:val="001F7F87"/>
     <w:rsid w:val="00201227"/>
     <w:rsid w:val="00205985"/>
     <w:rsid w:val="00211499"/>
     <w:rsid w:val="002300A6"/>
     <w:rsid w:val="002323F1"/>
+    <w:rsid w:val="00240408"/>
     <w:rsid w:val="00273D50"/>
     <w:rsid w:val="00280645"/>
     <w:rsid w:val="00282F65"/>
     <w:rsid w:val="002C2C9A"/>
     <w:rsid w:val="002D52B2"/>
     <w:rsid w:val="002F4051"/>
+    <w:rsid w:val="003071A5"/>
     <w:rsid w:val="00321A7D"/>
     <w:rsid w:val="00346335"/>
     <w:rsid w:val="003746EA"/>
     <w:rsid w:val="003864BE"/>
     <w:rsid w:val="003909D8"/>
     <w:rsid w:val="00391C14"/>
     <w:rsid w:val="00407C2B"/>
+    <w:rsid w:val="00412159"/>
     <w:rsid w:val="00412D98"/>
     <w:rsid w:val="004368E8"/>
     <w:rsid w:val="004409AB"/>
     <w:rsid w:val="00441985"/>
     <w:rsid w:val="00446C73"/>
     <w:rsid w:val="00447F51"/>
     <w:rsid w:val="00467D85"/>
     <w:rsid w:val="004B42B1"/>
     <w:rsid w:val="004C1842"/>
     <w:rsid w:val="004C3A07"/>
     <w:rsid w:val="004C4E8D"/>
     <w:rsid w:val="004C78EF"/>
     <w:rsid w:val="004F3387"/>
+    <w:rsid w:val="005211B9"/>
+    <w:rsid w:val="00567039"/>
     <w:rsid w:val="005738D7"/>
     <w:rsid w:val="00580D73"/>
     <w:rsid w:val="00582C01"/>
     <w:rsid w:val="00596F6F"/>
     <w:rsid w:val="005C1E4E"/>
     <w:rsid w:val="006046EB"/>
     <w:rsid w:val="00613078"/>
     <w:rsid w:val="006172F8"/>
     <w:rsid w:val="0062679B"/>
     <w:rsid w:val="00627053"/>
     <w:rsid w:val="006349C5"/>
     <w:rsid w:val="00634BCB"/>
     <w:rsid w:val="00637E53"/>
     <w:rsid w:val="0066398A"/>
     <w:rsid w:val="006642E6"/>
     <w:rsid w:val="0066538A"/>
     <w:rsid w:val="0067693C"/>
     <w:rsid w:val="00683535"/>
+    <w:rsid w:val="00685953"/>
     <w:rsid w:val="00692680"/>
     <w:rsid w:val="00692A50"/>
     <w:rsid w:val="006E5EAC"/>
     <w:rsid w:val="006F063F"/>
     <w:rsid w:val="00702EF8"/>
     <w:rsid w:val="00757F51"/>
     <w:rsid w:val="00770754"/>
     <w:rsid w:val="00793882"/>
     <w:rsid w:val="007D30A2"/>
     <w:rsid w:val="007E53A7"/>
     <w:rsid w:val="00805074"/>
     <w:rsid w:val="00805968"/>
     <w:rsid w:val="00813143"/>
     <w:rsid w:val="00817815"/>
     <w:rsid w:val="00842A95"/>
     <w:rsid w:val="00843892"/>
+    <w:rsid w:val="00844D6D"/>
     <w:rsid w:val="008618AB"/>
     <w:rsid w:val="00884D7F"/>
+    <w:rsid w:val="00896ECF"/>
     <w:rsid w:val="008C7DD0"/>
     <w:rsid w:val="008E20E2"/>
     <w:rsid w:val="009070E8"/>
     <w:rsid w:val="00922F7C"/>
+    <w:rsid w:val="00926E02"/>
     <w:rsid w:val="009302B3"/>
     <w:rsid w:val="009355AF"/>
     <w:rsid w:val="00944671"/>
     <w:rsid w:val="0096500A"/>
     <w:rsid w:val="00971B3C"/>
     <w:rsid w:val="009753F0"/>
     <w:rsid w:val="00977A39"/>
+    <w:rsid w:val="00981BFC"/>
     <w:rsid w:val="00987692"/>
     <w:rsid w:val="009A2EBF"/>
     <w:rsid w:val="009B25EF"/>
     <w:rsid w:val="009C0F69"/>
     <w:rsid w:val="009C5929"/>
     <w:rsid w:val="009D0224"/>
     <w:rsid w:val="009F0F50"/>
     <w:rsid w:val="00A01395"/>
     <w:rsid w:val="00A1490D"/>
     <w:rsid w:val="00A44C66"/>
     <w:rsid w:val="00A567E2"/>
     <w:rsid w:val="00A5798A"/>
     <w:rsid w:val="00A6454B"/>
     <w:rsid w:val="00A94926"/>
     <w:rsid w:val="00B02B89"/>
     <w:rsid w:val="00B12631"/>
     <w:rsid w:val="00B25894"/>
     <w:rsid w:val="00B52E2D"/>
     <w:rsid w:val="00B57020"/>
+    <w:rsid w:val="00B75D28"/>
     <w:rsid w:val="00BA1AFE"/>
     <w:rsid w:val="00BC1420"/>
     <w:rsid w:val="00BE1B92"/>
     <w:rsid w:val="00BE23CC"/>
     <w:rsid w:val="00BE2D0C"/>
     <w:rsid w:val="00BE317A"/>
     <w:rsid w:val="00BE6086"/>
     <w:rsid w:val="00BE66BC"/>
     <w:rsid w:val="00C0030B"/>
+    <w:rsid w:val="00C15991"/>
     <w:rsid w:val="00C347FB"/>
     <w:rsid w:val="00C43654"/>
     <w:rsid w:val="00C622DA"/>
     <w:rsid w:val="00C63EFC"/>
     <w:rsid w:val="00C8231F"/>
     <w:rsid w:val="00CB6EBF"/>
     <w:rsid w:val="00CF6F52"/>
     <w:rsid w:val="00D06DB1"/>
     <w:rsid w:val="00D15ACF"/>
+    <w:rsid w:val="00D24C91"/>
     <w:rsid w:val="00D32C21"/>
     <w:rsid w:val="00D468D3"/>
     <w:rsid w:val="00D6505C"/>
     <w:rsid w:val="00D833C0"/>
     <w:rsid w:val="00D84C8D"/>
     <w:rsid w:val="00D95427"/>
     <w:rsid w:val="00DB777F"/>
     <w:rsid w:val="00DC0544"/>
     <w:rsid w:val="00DC7C02"/>
     <w:rsid w:val="00DC7F18"/>
     <w:rsid w:val="00DD3CC7"/>
     <w:rsid w:val="00DD7F10"/>
     <w:rsid w:val="00DF2927"/>
     <w:rsid w:val="00E00A0D"/>
     <w:rsid w:val="00E06DC8"/>
     <w:rsid w:val="00E234BC"/>
     <w:rsid w:val="00E26288"/>
     <w:rsid w:val="00E35E15"/>
     <w:rsid w:val="00E7236D"/>
     <w:rsid w:val="00E842CC"/>
     <w:rsid w:val="00E8540B"/>
     <w:rsid w:val="00E9344E"/>
     <w:rsid w:val="00E962DD"/>
     <w:rsid w:val="00EA37F0"/>
     <w:rsid w:val="00EB0D8E"/>
     <w:rsid w:val="00EC1199"/>
     <w:rsid w:val="00EF3E2B"/>
     <w:rsid w:val="00F05208"/>
     <w:rsid w:val="00F16AD8"/>
     <w:rsid w:val="00F50DF2"/>
     <w:rsid w:val="00F748ED"/>
     <w:rsid w:val="00FC36B0"/>
+    <w:rsid w:val="00FC5985"/>
     <w:rsid w:val="00FD115E"/>
     <w:rsid w:val="00FE4761"/>
     <w:rsid w:val="00FF11D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6C0F4E22"/>
   <w15:docId w15:val="{4F9963CA-BBC6-4557-9E04-A05D200D8100}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7511,55 +8284,66 @@
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008618AB"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00067F8C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00685953"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="48773029">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="118037656">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7662,87 +8446,87 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="192B74046782404D927B71A0898EF11A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1F6636E8-DE1A-422B-A11F-B89312C3CCA3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E20F61" w:rsidRDefault="002A11D9" w:rsidP="002A11D9">
           <w:pPr>
             <w:pStyle w:val="192B74046782404D927B71A0898EF11A"/>
           </w:pPr>
           <w:r w:rsidRPr="00EE2CB9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7754,102 +8538,111 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A11D9"/>
     <w:rsid w:val="002A11D9"/>
+    <w:rsid w:val="00412159"/>
+    <w:rsid w:val="00567039"/>
+    <w:rsid w:val="00926E02"/>
     <w:rsid w:val="00E20F61"/>
+    <w:rsid w:val="00FC5985"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8258,51 +9051,51 @@
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002A11D9"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="192B74046782404D927B71A0898EF11A">
     <w:name w:val="192B74046782404D927B71A0898EF11A"/>
     <w:rsid w:val="002A11D9"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -8566,65 +9359,74 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4800617c-8abc-4513-8684-14d29e623f83">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001D68C54F14245A41ABB6A58E436808E3" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7e135111e5fb799507239e96199f7a6a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xmlns:ns3="4800617c-8abc-4513-8684-14d29e623f83" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7fd6e20374dea80c67ba280ef0ebe7d3" ns2:_="" ns3:_="">
     <xsd:import namespace="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <xsd:import namespace="4800617c-8abc-4513-8684-14d29e623f83"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -8823,135 +9625,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3E068F2-D67B-49E6-9E51-CA0DFB56C85A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F962F607-E10B-4226-910B-46B1FDC1A666}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
     <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5674393A-9F75-4A16-A852-E5A3E79EEA8A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90929A4F-8993-4F2C-9255-44E3B039EFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1125</Words>
-  <Characters>6419</Characters>
+  <Words>1022</Words>
+  <Characters>5541</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>128</Lines>
+  <Paragraphs>65</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Arizona Bar Foundation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7529</CharactersWithSpaces>
+  <CharactersWithSpaces>6498</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Diana Strouth</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001D68C54F14245A41ABB6A58E436808E3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>