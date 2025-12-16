--- v0 (2025-11-04)
+++ v1 (2025-12-16)
@@ -1,30 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
@@ -408,226 +407,227 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00DD3CC7" w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">bjectives: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DCA52EE" w14:textId="30ECC570" w:rsidR="00B25894" w:rsidRPr="00253BB4" w:rsidRDefault="00E7236D" w:rsidP="00B25894">
+    <w:p w14:paraId="2DCA52EE" w14:textId="40C56AD4" w:rsidR="00B25894" w:rsidRPr="00253BB4" w:rsidRDefault="00E7236D" w:rsidP="00B25894">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253BB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Students should be able to</w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="45DC43CF" w14:textId="07F64020" w:rsidR="00B25894" w:rsidRPr="00253BB4" w:rsidRDefault="00E7236D" w:rsidP="00B25894">
+        <w:t xml:space="preserve">Students </w:t>
+      </w:r>
+      <w:r w:rsidR="00E14A2D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be able to </w:t>
+      </w:r>
+      <w:r w:rsidR="00E14A2D" w:rsidRPr="00253BB4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>identify when reporting is necessary</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092F37F8" w14:textId="309F11B6" w:rsidR="00707A98" w:rsidRPr="00253BB4" w:rsidRDefault="00E7236D" w:rsidP="00E14A2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253BB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Students should learn</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the</w:t>
+        <w:t xml:space="preserve">Students </w:t>
+      </w:r>
+      <w:r w:rsidR="00E14A2D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be able to </w:t>
       </w:r>
       <w:r w:rsidR="00707A98" w:rsidRPr="00253BB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> steps to take if they are aware of a threat to the school community</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="6A087FC6" w14:textId="07606A60" w:rsidR="00707A98" w:rsidRPr="00253BB4" w:rsidRDefault="00707A98" w:rsidP="00B25894">
+        <w:t>identify who to report to</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1646487B" w14:textId="534311F8" w:rsidR="008C37A8" w:rsidRPr="00253BB4" w:rsidRDefault="008C37A8" w:rsidP="008C37A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00253BB4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Help students identify when reporting is necessary</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="092F37F8" w14:textId="092450EA" w:rsidR="00707A98" w:rsidRPr="00253BB4" w:rsidRDefault="00707A98" w:rsidP="00B25894">
+        <w:t xml:space="preserve">Students </w:t>
+      </w:r>
+      <w:r w:rsidR="00D44621">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00253BB4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be able to understand their role in helping prevent school shootings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="738DF7A3" w14:textId="6C451DE6" w:rsidR="00C8231F" w:rsidRPr="00D44621" w:rsidRDefault="008C37A8" w:rsidP="00D44621">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="738DF7A3" w14:textId="77777777" w:rsidR="00C8231F" w:rsidRPr="00135563" w:rsidRDefault="00C8231F" w:rsidP="00E842CC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D44621">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Students </w:t>
+      </w:r>
+      <w:r w:rsidR="00D44621">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D44621">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> learn the steps to take if they are aware of a threat to the school community</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59CD73A1" w14:textId="77777777" w:rsidR="008C37A8" w:rsidRDefault="008C37A8" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="28620EB8" w14:textId="747909BE" w:rsidR="002D52B2" w:rsidRPr="001B0993" w:rsidRDefault="002D52B2" w:rsidP="00E842CC">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk146786023"/>
+    </w:p>
+    <w:p w14:paraId="28620EB8" w14:textId="78BBDAFF" w:rsidR="002D52B2" w:rsidRPr="001B0993" w:rsidRDefault="002D52B2" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk146786023"/>
       <w:r w:rsidRPr="001B0993">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Protective Factor Developed:</w:t>
       </w:r>
       <w:r w:rsidRPr="001B0993">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:alias w:val="Protective Factors"/>
           <w:tag w:val="Protective Factors"/>
           <w:id w:val="-1955086398"/>
@@ -685,280 +685,429 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Materials:</w:t>
       </w:r>
       <w:r w:rsidR="00E7236D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53A39138" w14:textId="14213875" w:rsidR="007D6220" w:rsidRPr="00C769FF" w:rsidRDefault="007D6220" w:rsidP="00C769FF">
+    <w:p w14:paraId="5BD880D9" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="00DD0326" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk183183207"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk211519440"/>
+      <w:r w:rsidRPr="00DD0326">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Small whiteboard &amp; dry </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD0326">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>erase marker</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD0326">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, 1 per group</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="592C6F5E" w14:textId="77777777" w:rsidR="003F23D6" w:rsidRDefault="003F23D6" w:rsidP="003F23D6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk211584769"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dry Erase Circle Dots, 2 for whole group </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="2D45794D" w14:textId="72E0761C" w:rsidR="00DD0326" w:rsidRPr="00DD0326" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0326">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Social </w:t>
+      </w:r>
+      <w:r w:rsidR="00835585">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0326">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">edia </w:t>
+      </w:r>
+      <w:r w:rsidR="00835585">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD0326">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">osts, 1 post per group, if there are more than 6 groups </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD0326">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>print</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD0326">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 of the same posts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D4B40C2" w14:textId="659CE5D1" w:rsidR="00DD0326" w:rsidRPr="00DD0326" w:rsidRDefault="00835585" w:rsidP="00DD0326">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Facilitator</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0326" w:rsidRPr="00DD0326">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0326" w:rsidRPr="00DD0326">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uide, 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per facilitator</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B003EC0" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="00DD0326" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk188606741"/>
+      <w:r w:rsidRPr="00DD0326">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sticky note, 1 per student</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43741149" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="00DD0326" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk211584776"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00DD0326">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Prior to the lesson:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A33730E" w14:textId="06056B1D" w:rsidR="003F23D6" w:rsidRPr="003F23D6" w:rsidRDefault="003F23D6" w:rsidP="003F23D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-      </w:r>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Write “Report”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A51105">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidRPr="007D6220">
-[...23 lines deleted...]
-      <w:r w:rsidR="00C769FF" w:rsidRPr="00C769FF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Ignore”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A51105">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...13 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>4 social media post</w:t>
-[...71 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">on dry erase circle dots and place labeled dots on opposite sides of the room </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="78A05A9D" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AC141EE" w14:textId="385F385E" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
+    <w:p w14:paraId="3AC141EE" w14:textId="595C6F9E" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Timeframe: </w:t>
       </w:r>
+      <w:r w:rsidR="00E14A2D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
       <w:r w:rsidR="00707A98">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">50 </w:t>
+        <w:t xml:space="preserve">0 </w:t>
       </w:r>
       <w:r w:rsidR="00D15ACF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Minutes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="230B298B" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E458A6A" w14:textId="77777777" w:rsidR="002F4051" w:rsidRPr="002F4051" w:rsidRDefault="002F4051" w:rsidP="002F4051">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk146786075"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk146786075"/>
       <w:r w:rsidRPr="002F4051">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Team Teaching:</w:t>
       </w:r>
       <w:r w:rsidRPr="002F4051">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  For effective implementation of Law Related Education (LRE), team teach with the classroom teacher by…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53DE241A" w14:textId="77777777" w:rsidR="00E7236D" w:rsidRPr="00CB37FF" w:rsidRDefault="00E7236D" w:rsidP="00E7236D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -977,3174 +1126,1143 @@
         <w:t xml:space="preserve">Having both the officer and teacher rotate among students and to different groups. Both instructors will provide positive feedback and engage in friendly conversations with students. This procedure will help reduce classroom disruptions, increase student engagement, and build supportive relationships with students. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C1BE50C" w14:textId="77777777" w:rsidR="00E7236D" w:rsidRPr="00CB37FF" w:rsidRDefault="00E7236D" w:rsidP="00E7236D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB37FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Encouraging classroom teachers to participate in all activities by injecting clarification statements by relating relevant content to their curriculum. In this method, students will see more connections to their student life and be willing to carry over concepts and skills learned in LRE.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="252EAA8B" w14:textId="77777777" w:rsidR="00E7236D" w:rsidRPr="00CB37FF" w:rsidRDefault="00E7236D" w:rsidP="00E7236D">
-[...28 lines deleted...]
-    <w:p w14:paraId="34AB7EE4" w14:textId="77777777" w:rsidR="002F4051" w:rsidRDefault="002F4051" w:rsidP="00E842CC">
+    <w:p w14:paraId="2E65A90F" w14:textId="4EC861FF" w:rsidR="00DD0326" w:rsidRDefault="00E7236D" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Assigning the classroom teacher part of the lesson instructions. Team teaching with the classroom teacher enables the students to further see the importance of LRE lessons. It also provides an opportunity for the classroom teacher to demonstrate teaching skills conducive </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> effective teaching. Student attention can be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maintained</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> more easily with different voices and personalities experienced throughout the lesson.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52027150" w14:textId="77777777" w:rsidR="00D44621" w:rsidRDefault="00D44621" w:rsidP="00C769FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D39DBC5" w14:textId="2BC57ABD" w:rsidR="00707A98" w:rsidRPr="00707A98" w:rsidRDefault="00E7236D" w:rsidP="00C769FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lesson: </w:t>
       </w:r>
       <w:r w:rsidR="00707A98">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="21309280" w14:textId="448DBAFC" w:rsidR="006F4952" w:rsidRDefault="006F4952" w:rsidP="006F4952">
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w14:paraId="2C766C74" w14:textId="0D136A96" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...28 lines deleted...]
-    <w:p w14:paraId="7256AC64" w14:textId="0294A461" w:rsidR="006F4952" w:rsidRDefault="006F4952" w:rsidP="006F4952">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Divide the class into small groups of 3-4 students each. Provide each group with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a small whiteboard and markers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="562B6AB7" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w14:paraId="6E47E546" w14:textId="10A5E537" w:rsidR="006F4952" w:rsidRDefault="006F4952" w:rsidP="006F4952">
+      <w:bookmarkStart w:id="8" w:name="_Hlk211519463"/>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ask half of the groups to brainstorm what the goal of telling on someone is. Ask the other half of the groups to brainstorm what the goal of reporting is. All groups will write their answer on their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>small whiteboard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and have all groups display their answers at the same time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AA9E0BF" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-    <w:p w14:paraId="07C8E48A" w14:textId="4415B5C8" w:rsidR="006F4952" w:rsidRDefault="006F4952" w:rsidP="006F4952">
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If they do not reach the correct answer, provide it for them:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="421FD94D" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-    <w:p w14:paraId="3A6B3878" w14:textId="280CC23B" w:rsidR="006F4952" w:rsidRPr="00E227AC" w:rsidRDefault="006F4952" w:rsidP="00F81689">
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The goal of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>telling on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> someone is to get them in trouble</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE0379D" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E3356">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The goal of reporting is to prevent someone from getting hurt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51C659FC" w14:textId="22FFD77A" w:rsidR="00707A98" w:rsidRDefault="00287DE5" w:rsidP="00E7236D">
+    <w:p w14:paraId="66C2574D" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...202 lines deleted...]
-    <w:p w14:paraId="4697BDC0" w14:textId="35CB17BA" w:rsidR="00F770FD" w:rsidRDefault="00DC3CE2" w:rsidP="00890ADA">
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Explain to students that they will participate in an activity where they will decide whether certain behaviors should be reported or ignored. Point out the report side of the room and the ignore side of the room. Read different short scenarios aloud, and have students move to the side that best represents their decision. After each scenario, ask different students to share their reasoning for why they chose that side. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="489C19EF" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-    <w:p w14:paraId="4D2E980B" w14:textId="18F41105" w:rsidR="00F770FD" w:rsidRDefault="00F770FD" w:rsidP="00890ADA">
+      <w:bookmarkStart w:id="9" w:name="_Hlk188607078"/>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Alexis lies to her teacher and uses the bathroom pass to go visit her friends that are in their lunch hour. (Ignore)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="279BD46C" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-    <w:p w14:paraId="2075AA8B" w14:textId="43EE6757" w:rsidR="008C3F7B" w:rsidRDefault="008C3F7B" w:rsidP="00890ADA">
+      <w:bookmarkStart w:id="10" w:name="_Hlk188607061"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Avery gets her cell phone taken away. After class she says “I hate that teacher. Maybe I should find her on the weekend and show her how much I hate her.” (Report)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w14:paraId="2030EA9C" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...40 lines deleted...]
-    <w:p w14:paraId="33EC035E" w14:textId="15AB0DAA" w:rsidR="008C3F7B" w:rsidRDefault="008C3F7B" w:rsidP="00890ADA">
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Liam is tired of everyone making fun of him. He posted on social media that everyone will pay for making him feel like nothing and he has a hit list. (Report) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA51F11" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...56 lines deleted...]
-    <w:p w14:paraId="019859DE" w14:textId="6B74F5B6" w:rsidR="008C3F7B" w:rsidRDefault="004946CB" w:rsidP="008C3F7B">
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hannah overhears two students talking about a TV show they watched last night that’s not appropriate. (Ignore)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA59216" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...88 lines deleted...]
-    <w:p w14:paraId="6ED09755" w14:textId="40EB9BA3" w:rsidR="008C3F7B" w:rsidRDefault="008C3F7B" w:rsidP="008C3F7B">
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>You see one of your peers has a weapon in their backpack at school. (Report)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E237B4" w14:textId="2BC47B93" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00287DE5">
-[...64 lines deleted...]
-    <w:p w14:paraId="7F49CE32" w14:textId="0EFFE175" w:rsidR="00C027E2" w:rsidRDefault="008C3F7B" w:rsidP="00C027E2">
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jackson notices two students </w:t>
+      </w:r>
+      <w:r w:rsidR="000B5F93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saying how much they hate a teacher</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. (Ignore)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F7FA279" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jamie </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Explain that each group will </w:t>
-[...7 lines deleted...]
-        <w:t>receive</w:t>
+        <w:t xml:space="preserve">isn’t paying attention and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bumps into a student in the hallway, making them both drop their books. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007D6220">
+        <w:t xml:space="preserve">He doesn’t say he’s sorry. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Ignore)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E88CAA2" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Max walks by the locker room and sees someone pushing another student into a corner, yelling at them, and calling them names. (Report)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D2780C" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Have students return to their seats. Tell the class the importance of reporting when someone might be in danger. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55546456" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Then, have students discuss in their groups the potential consequences of not reporting situations where someone could get hurt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="219A1A60" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Call on a few groups to share what they discussed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF29444" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Facilitator Note:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Possible answers- could save lives, stop a dangerous situation before it escalates, or ensure that those who need help receive it.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082EC1CF" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Explain that each group will receive a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E3356">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">4 social media </w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="63164BF8" w14:textId="0B4A97A0" w:rsidR="004B0CFA" w:rsidRDefault="007050A0" w:rsidP="004B0CFA">
+        <w:t xml:space="preserve"> social media post</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. If you have more groups than 6, have some groups work on the same post. Groups will discuss the following questions: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04CDD228" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Hlk152748584"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="23F1EB5B" w14:textId="33458723" w:rsidR="004B0CFA" w:rsidRDefault="004946CB" w:rsidP="004B0CFA">
+      <w:bookmarkStart w:id="11" w:name="_Hlk152748584"/>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Could someone get hurt? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67040599" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E3356">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Can you tell if the person is telling the truth in the post?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="273E768E" w14:textId="77777777" w:rsidR="004946CB" w:rsidRDefault="004946CB" w:rsidP="004946CB">
+    <w:p w14:paraId="205799D9" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E3356">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Does the post need to be reported? </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40CF100F" w14:textId="6492B68C" w:rsidR="004B0CFA" w:rsidRPr="004B0CFA" w:rsidRDefault="004B0CFA" w:rsidP="004B0CFA">
+    <w:p w14:paraId="5BB5D673" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B0CFA">
-[...25 lines deleted...]
-    <w:p w14:paraId="6AD576C4" w14:textId="0C9DF66A" w:rsidR="00253FCD" w:rsidRDefault="00E227AC" w:rsidP="008E034E">
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">What would happen if the post was not reported? </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w14:paraId="69F0D197" w14:textId="4F296382" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...31 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ask groups to share their social media post along with their responses with the class. The facilitator will correct or add to their responses as needed using the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>facilitator guide</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E3356">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00253FCD" w:rsidRPr="004B0CFA">
-[...16 lines deleted...]
-    <w:p w14:paraId="6AC6CDB1" w14:textId="2428E793" w:rsidR="00253FCD" w:rsidRDefault="00253FCD" w:rsidP="008C3F7B">
+    </w:p>
+    <w:p w14:paraId="56A58990" w14:textId="4CC81790" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...382 lines deleted...]
-    <w:p w14:paraId="74733190" w14:textId="6172A300" w:rsidR="007E6F2A" w:rsidRDefault="007E6F2A" w:rsidP="007E6F2A">
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Explain that after discussing different situations in which reporting is necessary here is who you should report it to</w:t>
+      </w:r>
+      <w:r w:rsidR="008C37A8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and how</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="279B2EE2" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Go to your trustworthy adult. (Teacher, School Resource Officer, School Counselor, Principal</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Go to your trustworthy adult.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="19D134FF" w14:textId="6EADA563" w:rsidR="007E6F2A" w:rsidRDefault="007E6F2A" w:rsidP="007E6F2A">
+        <w:t>, Parent, Coach</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07625837" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...40 lines deleted...]
-    <w:p w14:paraId="523E558E" w14:textId="7CDF161B" w:rsidR="007050A0" w:rsidRDefault="007050A0" w:rsidP="007E6F2A">
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Explain to them that you have something very important to talk to them about and let them know your concerns. If there are written examples such as a social media post, show those.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62DEEDBA" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E3356">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If your trusted adult takes the situation seriously, they will take the necessary steps to ensure everyone is safe. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B0C6C82" w14:textId="5A940593" w:rsidR="007050A0" w:rsidRDefault="007050A0" w:rsidP="007E6F2A">
+    <w:p w14:paraId="1D52D7CE" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">If your trusted adult chooses not to </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="009E3356">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>take action</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="009E3356">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (sometimes this happens), go to your next trusted adult and try again.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58F19BC0" w14:textId="01D4B370" w:rsidR="00627053" w:rsidRPr="00EC1199" w:rsidRDefault="007050A0" w:rsidP="00890ADA">
+    <w:p w14:paraId="0E2DCE82" w14:textId="77777777" w:rsidR="00DD0326" w:rsidRPr="009E3356" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regardless of the outcome, you can ensure that you have done the right thing by informing an adult to ensure you and your peers are safe. Even if the situation does not escalate, you did the right thing by reporting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>it, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> let the situation get investigated to determine what is the best way to keep everyone safe. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E580E72" w14:textId="1A7DCD3D" w:rsidR="00DD0326" w:rsidRPr="00DD0326" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...135 lines deleted...]
-      <w:r w:rsidR="00890ADA" w:rsidRPr="00484055">
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Debrief the lesson by having each student write on a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E3356">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sticky note</w:t>
       </w:r>
-      <w:r w:rsidR="00890ADA">
-[...223 lines deleted...]
-    <w:p w14:paraId="64DB7844" w14:textId="051C2A5E" w:rsidR="00135563" w:rsidRDefault="00EB549B" w:rsidP="00EB549B">
+      <w:r w:rsidRPr="009E3356">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> how reporting can prevent dangerous situations. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1C113F" w14:textId="1E05E08A" w:rsidR="00DD0326" w:rsidRPr="00DD0326" w:rsidRDefault="00DD0326" w:rsidP="00DD0326">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1710" w:hanging="1710"/>
-[...76 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00347BCE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Collect </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-          <w:noProof/>
-[...1047 lines deleted...]
-    <w:p w14:paraId="2294A55C" w14:textId="3B987F35" w:rsidR="00135563" w:rsidRDefault="00135563">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sticky notes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00347BCE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as students exit the class and review to ensure they understand the content.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="345E30E7" w14:textId="77777777" w:rsidR="00B02B89" w:rsidRDefault="00B02B89" w:rsidP="00B02B89">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D71C63F" w14:textId="0B09A140" w:rsidR="00EC1199" w:rsidRPr="00835585" w:rsidRDefault="00B02B89" w:rsidP="00835585">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E62145E" w14:textId="77777777" w:rsidR="00EC1199" w:rsidRPr="00DC7F18" w:rsidRDefault="00EC1199" w:rsidP="00EC1199">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC7F18">
@@ -4552,51 +2670,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C6E6908" w14:textId="77777777" w:rsidR="00C736C9" w:rsidRPr="00287DE5" w:rsidRDefault="00C736C9" w:rsidP="00287DE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CD732CD" w14:textId="77777777" w:rsidR="00287DE5" w:rsidRPr="00135563" w:rsidRDefault="00287DE5" w:rsidP="00287DE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00287DE5" w:rsidRPr="00135563" w:rsidSect="000C2FB9">
-      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="288" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="thinThickMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:left w:val="thinThickMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:bottom w:val="thickThinMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:right w:val="thickThinMediumGap" w:sz="12" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="611E4AD2" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
@@ -4661,127 +2779,85 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="380BEBE7" w14:textId="2CD85630" w:rsidR="00DD3CC7" w:rsidRPr="001F3FAB" w:rsidRDefault="00DD3CC7">
+  <w:p w14:paraId="380BEBE7" w14:textId="6A529F8E" w:rsidR="00DD3CC7" w:rsidRPr="001F3FAB" w:rsidRDefault="00DD3CC7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="thinThickSmallGap" w:sz="24" w:space="1" w:color="622423" w:themeColor="accent2" w:themeShade="7F"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Arizona Foundation for Legal Services and Education  </w:t>
     </w:r>
     <w:r w:rsidR="001B57D3" w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve">                     </w:t>
+      <w:t xml:space="preserve">                      </w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
-    <w:r w:rsidR="001B57D3" w:rsidRPr="001F3FAB">
+    <w:r w:rsidR="00E14A2D">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...40 lines deleted...]
-      <w:t>)</w:t>
+      <w:t>November 2025</w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -6926,51 +5002,51 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63E47A45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0B1A3B44"/>
+    <w:tmpl w:val="2A30E9AC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -7125,59 +5201,65 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78005949"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="18280EE4"/>
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:tmpl w:val="89680124"/>
+    <w:lvl w:ilvl="0" w:tplc="F9D05346">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7300,50 +5382,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D2542FC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="21B223CC"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D934603"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26C253BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -7443,227 +5638,242 @@
   <w:num w:numId="3" w16cid:durableId="843592318">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1486125867">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2010206926">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1425568478">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="265042014">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2133815192">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="512384444">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="302776394">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="307980689">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1750544709">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="219293783">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1916554064">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="558638107">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="509032057">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1746219410">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="203559819">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="674847208">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="665018497">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1822575971">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="2001077248">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="866529555">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1377698333">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1629818291">
     <w:abstractNumId w:val="9"/>
   </w:num>
+  <w:num w:numId="26" w16cid:durableId="1286623914">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B02B89"/>
     <w:rsid w:val="00016A77"/>
     <w:rsid w:val="000243D2"/>
     <w:rsid w:val="00042520"/>
     <w:rsid w:val="00043E34"/>
     <w:rsid w:val="00050F44"/>
+    <w:rsid w:val="00052A2C"/>
     <w:rsid w:val="00073638"/>
+    <w:rsid w:val="000B5F93"/>
     <w:rsid w:val="000C2FB9"/>
     <w:rsid w:val="000D345C"/>
     <w:rsid w:val="0010781D"/>
     <w:rsid w:val="001257DE"/>
     <w:rsid w:val="00132BBA"/>
     <w:rsid w:val="001334EC"/>
     <w:rsid w:val="00135563"/>
+    <w:rsid w:val="00140E56"/>
     <w:rsid w:val="00154CB5"/>
     <w:rsid w:val="00160A11"/>
     <w:rsid w:val="00176CD5"/>
     <w:rsid w:val="001A7902"/>
     <w:rsid w:val="001B57D3"/>
+    <w:rsid w:val="001D7BE8"/>
     <w:rsid w:val="001F3FAB"/>
     <w:rsid w:val="001F7F87"/>
     <w:rsid w:val="00201227"/>
     <w:rsid w:val="00205985"/>
     <w:rsid w:val="00211499"/>
     <w:rsid w:val="002323F1"/>
     <w:rsid w:val="00244C60"/>
     <w:rsid w:val="00253BB4"/>
     <w:rsid w:val="00253FCD"/>
     <w:rsid w:val="00280645"/>
     <w:rsid w:val="00282F65"/>
     <w:rsid w:val="00287DE5"/>
+    <w:rsid w:val="002A09E0"/>
     <w:rsid w:val="002C2C9A"/>
     <w:rsid w:val="002D52B2"/>
     <w:rsid w:val="002F4051"/>
     <w:rsid w:val="003072C5"/>
     <w:rsid w:val="00346335"/>
+    <w:rsid w:val="00350665"/>
+    <w:rsid w:val="003657B1"/>
     <w:rsid w:val="003746EA"/>
     <w:rsid w:val="003864BE"/>
     <w:rsid w:val="003909D8"/>
     <w:rsid w:val="00391C14"/>
     <w:rsid w:val="003A6ABB"/>
+    <w:rsid w:val="003F23D6"/>
     <w:rsid w:val="00407C2B"/>
     <w:rsid w:val="00412D98"/>
     <w:rsid w:val="004409AB"/>
     <w:rsid w:val="00441985"/>
     <w:rsid w:val="00447F51"/>
     <w:rsid w:val="00467D85"/>
     <w:rsid w:val="00484055"/>
     <w:rsid w:val="004946CB"/>
     <w:rsid w:val="004B0CFA"/>
     <w:rsid w:val="004C1842"/>
     <w:rsid w:val="004C3A07"/>
     <w:rsid w:val="004C4E8D"/>
     <w:rsid w:val="004C78EF"/>
     <w:rsid w:val="004F3387"/>
+    <w:rsid w:val="00567039"/>
     <w:rsid w:val="005738D7"/>
     <w:rsid w:val="00580D73"/>
     <w:rsid w:val="00582C01"/>
     <w:rsid w:val="005A76DA"/>
     <w:rsid w:val="005C1E4E"/>
     <w:rsid w:val="006046EB"/>
     <w:rsid w:val="00613078"/>
     <w:rsid w:val="006172F8"/>
     <w:rsid w:val="0062679B"/>
     <w:rsid w:val="00627053"/>
     <w:rsid w:val="00633C86"/>
     <w:rsid w:val="006349C5"/>
     <w:rsid w:val="00634BCB"/>
     <w:rsid w:val="00637E53"/>
     <w:rsid w:val="0066398A"/>
     <w:rsid w:val="006642E6"/>
     <w:rsid w:val="0066538A"/>
     <w:rsid w:val="0067693C"/>
     <w:rsid w:val="00683535"/>
     <w:rsid w:val="00690D38"/>
     <w:rsid w:val="00692680"/>
     <w:rsid w:val="00692A50"/>
     <w:rsid w:val="00697994"/>
     <w:rsid w:val="006F063F"/>
     <w:rsid w:val="006F0BCD"/>
     <w:rsid w:val="006F4952"/>
     <w:rsid w:val="00702EF8"/>
     <w:rsid w:val="007050A0"/>
     <w:rsid w:val="00707A98"/>
     <w:rsid w:val="00757F51"/>
     <w:rsid w:val="00770754"/>
     <w:rsid w:val="00793882"/>
     <w:rsid w:val="007D30A2"/>
     <w:rsid w:val="007D6220"/>
     <w:rsid w:val="007E53A7"/>
     <w:rsid w:val="007E6F2A"/>
     <w:rsid w:val="00805074"/>
     <w:rsid w:val="00813143"/>
     <w:rsid w:val="00817815"/>
+    <w:rsid w:val="00835585"/>
     <w:rsid w:val="00842A95"/>
     <w:rsid w:val="00854C29"/>
     <w:rsid w:val="00884D7F"/>
     <w:rsid w:val="00890ADA"/>
+    <w:rsid w:val="008C37A8"/>
     <w:rsid w:val="008C3F7B"/>
     <w:rsid w:val="008C7DD0"/>
     <w:rsid w:val="008E072B"/>
     <w:rsid w:val="008E20E2"/>
     <w:rsid w:val="009070E8"/>
     <w:rsid w:val="00920AE7"/>
     <w:rsid w:val="009302B3"/>
     <w:rsid w:val="00944671"/>
     <w:rsid w:val="0096500A"/>
+    <w:rsid w:val="00967540"/>
     <w:rsid w:val="00971B3C"/>
     <w:rsid w:val="009753F0"/>
     <w:rsid w:val="00977A39"/>
     <w:rsid w:val="0098499E"/>
     <w:rsid w:val="0099147E"/>
     <w:rsid w:val="009A2EBF"/>
     <w:rsid w:val="009B25EF"/>
     <w:rsid w:val="009C0F69"/>
     <w:rsid w:val="009C5929"/>
     <w:rsid w:val="009C713B"/>
     <w:rsid w:val="009D0224"/>
     <w:rsid w:val="009F0F50"/>
     <w:rsid w:val="00A01395"/>
     <w:rsid w:val="00A1490D"/>
     <w:rsid w:val="00A44C66"/>
     <w:rsid w:val="00A567E2"/>
     <w:rsid w:val="00A5798A"/>
     <w:rsid w:val="00A6454B"/>
     <w:rsid w:val="00A94926"/>
     <w:rsid w:val="00AD2CF9"/>
     <w:rsid w:val="00B02B89"/>
     <w:rsid w:val="00B04703"/>
     <w:rsid w:val="00B12631"/>
     <w:rsid w:val="00B25894"/>
     <w:rsid w:val="00B52E2D"/>
@@ -7671,94 +5881,99 @@
     <w:rsid w:val="00B73FE3"/>
     <w:rsid w:val="00BA1AFE"/>
     <w:rsid w:val="00BC1420"/>
     <w:rsid w:val="00BE1B92"/>
     <w:rsid w:val="00BE23CC"/>
     <w:rsid w:val="00BE317A"/>
     <w:rsid w:val="00BE6086"/>
     <w:rsid w:val="00C0030B"/>
     <w:rsid w:val="00C027E2"/>
     <w:rsid w:val="00C11474"/>
     <w:rsid w:val="00C347FB"/>
     <w:rsid w:val="00C43654"/>
     <w:rsid w:val="00C622DA"/>
     <w:rsid w:val="00C63EFC"/>
     <w:rsid w:val="00C736C9"/>
     <w:rsid w:val="00C769FF"/>
     <w:rsid w:val="00C8231F"/>
     <w:rsid w:val="00C85D16"/>
     <w:rsid w:val="00CB5E2F"/>
     <w:rsid w:val="00CB6EBF"/>
     <w:rsid w:val="00CF6F52"/>
     <w:rsid w:val="00D06DB1"/>
     <w:rsid w:val="00D15ACF"/>
     <w:rsid w:val="00D32C21"/>
     <w:rsid w:val="00D36A6B"/>
+    <w:rsid w:val="00D44621"/>
     <w:rsid w:val="00D468D3"/>
     <w:rsid w:val="00D62CDF"/>
     <w:rsid w:val="00D6505C"/>
     <w:rsid w:val="00D833C0"/>
     <w:rsid w:val="00D84C8D"/>
     <w:rsid w:val="00D95427"/>
     <w:rsid w:val="00DB777F"/>
     <w:rsid w:val="00DC0544"/>
     <w:rsid w:val="00DC3CE2"/>
     <w:rsid w:val="00DC7F18"/>
+    <w:rsid w:val="00DD0326"/>
     <w:rsid w:val="00DD3CC7"/>
     <w:rsid w:val="00DD7F10"/>
     <w:rsid w:val="00DF2927"/>
     <w:rsid w:val="00E00A0D"/>
+    <w:rsid w:val="00E14A2D"/>
     <w:rsid w:val="00E227AC"/>
     <w:rsid w:val="00E234BC"/>
     <w:rsid w:val="00E26288"/>
     <w:rsid w:val="00E35E15"/>
     <w:rsid w:val="00E46536"/>
     <w:rsid w:val="00E46816"/>
     <w:rsid w:val="00E6057F"/>
     <w:rsid w:val="00E7236D"/>
     <w:rsid w:val="00E842CC"/>
     <w:rsid w:val="00E8540B"/>
     <w:rsid w:val="00E86FB6"/>
     <w:rsid w:val="00E9344E"/>
     <w:rsid w:val="00E962DD"/>
     <w:rsid w:val="00EA37F0"/>
     <w:rsid w:val="00EB0D8E"/>
     <w:rsid w:val="00EB549B"/>
     <w:rsid w:val="00EC1199"/>
     <w:rsid w:val="00EF3E2B"/>
     <w:rsid w:val="00F05208"/>
     <w:rsid w:val="00F16AD8"/>
     <w:rsid w:val="00F50DF2"/>
     <w:rsid w:val="00F742B9"/>
     <w:rsid w:val="00F748ED"/>
     <w:rsid w:val="00F770FD"/>
     <w:rsid w:val="00F81689"/>
     <w:rsid w:val="00FC224F"/>
     <w:rsid w:val="00FC36B0"/>
+    <w:rsid w:val="00FC5985"/>
     <w:rsid w:val="00FD115E"/>
     <w:rsid w:val="00FE4761"/>
     <w:rsid w:val="00FF11D4"/>
+    <w:rsid w:val="00FF6641"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6C0F4E22"/>
@@ -8574,51 +6789,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2089884262">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="192B74046782404D927B71A0898EF11A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1F6636E8-DE1A-422B-A11F-B89312C3CCA3}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -8711,54 +6926,60 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A11D9"/>
+    <w:rsid w:val="00052A2C"/>
     <w:rsid w:val="001334EC"/>
+    <w:rsid w:val="001D7BE8"/>
+    <w:rsid w:val="002A09E0"/>
     <w:rsid w:val="002A11D9"/>
+    <w:rsid w:val="003657B1"/>
+    <w:rsid w:val="00567039"/>
     <w:rsid w:val="00B143E5"/>
     <w:rsid w:val="00E20F61"/>
+    <w:rsid w:val="00FC5985"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -9499,50 +7720,74 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4800617c-8abc-4513-8684-14d29e623f83">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001D68C54F14245A41ABB6A58E436808E3" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7e135111e5fb799507239e96199f7a6a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xmlns:ns3="4800617c-8abc-4513-8684-14d29e623f83" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7fd6e20374dea80c67ba280ef0ebe7d3" ns2:_="" ns3:_="">
     <xsd:import namespace="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <xsd:import namespace="4800617c-8abc-4513-8684-14d29e623f83"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -9741,150 +7986,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5674393A-9F75-4A16-A852-E5A3E79EEA8A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F962F607-E10B-4226-910B-46B1FDC1A666}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
+    <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3E068F2-D67B-49E6-9E51-CA0DFB56C85A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90929A4F-8993-4F2C-9255-44E3B039EFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>7995</Characters>
+  <Pages>4</Pages>
+  <Words>1218</Words>
+  <Characters>6253</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>66</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>130</Lines>
+  <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Arizona Bar Foundation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9379</CharactersWithSpaces>
+  <CharactersWithSpaces>7390</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Diana Strouth</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001D68C54F14245A41ABB6A58E436808E3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>