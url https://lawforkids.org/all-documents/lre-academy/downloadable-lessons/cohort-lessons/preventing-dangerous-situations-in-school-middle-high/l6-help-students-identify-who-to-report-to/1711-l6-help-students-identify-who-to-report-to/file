--- v0 (2025-11-04)
+++ v1 (2025-12-15)
@@ -1,67 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="07BEBD2A" w14:textId="77777777" w:rsidR="00D15ACF" w:rsidRPr="00DC7F18" w:rsidRDefault="00DD3CC7" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC7F18">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3CCFA99A" wp14:editId="05AA3FAE">
             <wp:extent cx="2051685" cy="954405"/>
             <wp:effectExtent l="0" t="0" r="5715" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="AFLSE w bar fdn"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -198,106 +193,86 @@
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1710" w:hanging="1710"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00796193">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Middle/High School)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58B4C345" w14:textId="36F55003" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00035372" w:rsidP="00793882">
+    <w:p w14:paraId="58B4C345" w14:textId="3DF7791F" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="0048701D" w:rsidP="00793882">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1710" w:hanging="1710"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Resources Available</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00796193" w:rsidRPr="00796193">
+        <w:t>Community Resources</w:t>
+      </w:r>
+      <w:r w:rsidR="00497AFD">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Help </w:t>
       </w:r>
       <w:r w:rsidR="00497AFD" w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lesson</w:t>
       </w:r>
       <w:r w:rsidR="00DC7F18" w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Plan</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="29B407D5" w14:textId="77777777" w:rsidR="00205985" w:rsidRPr="00E9344E" w:rsidRDefault="00E9344E" w:rsidP="00E9344E">
       <w:pPr>
@@ -464,99 +439,162 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00DD3CC7" w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">bjectives: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DCA52EE" w14:textId="58DFD77D" w:rsidR="00B25894" w:rsidRPr="00EC1199" w:rsidRDefault="00E7236D" w:rsidP="00B25894">
+    <w:p w14:paraId="4DD6612E" w14:textId="78A03D7B" w:rsidR="009B3195" w:rsidRPr="009B3195" w:rsidRDefault="00E7236D" w:rsidP="00B25894">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Students should be able to</w:t>
+        <w:t xml:space="preserve">Students </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3195">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be able to</w:t>
       </w:r>
       <w:r w:rsidR="00BC3B65">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> become familiar with</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3195">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>identify</w:t>
       </w:r>
       <w:r w:rsidR="00796193" w:rsidRPr="00796193">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> resources in their community that help with teen suicide/bullying/mental health, etc</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001F0346">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3195">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">community </w:t>
+      </w:r>
+      <w:r w:rsidR="00796193" w:rsidRPr="00796193">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">resources </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3195">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>related to behavioral health</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DCA52EE" w14:textId="44B5828F" w:rsidR="00B25894" w:rsidRPr="00EC1199" w:rsidRDefault="009B3195" w:rsidP="00B25894">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Students will understand how to help themselves or others in need of resources</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="738DF7A3" w14:textId="77777777" w:rsidR="00C8231F" w:rsidRPr="00135563" w:rsidRDefault="00C8231F" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28620EB8" w14:textId="033676BA" w:rsidR="002D52B2" w:rsidRPr="001B0993" w:rsidRDefault="002D52B2" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk146786023"/>
       <w:r w:rsidRPr="001B0993">
         <w:rPr>
           <w:b/>
@@ -639,294 +677,305 @@
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Materials:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0019CB7E" w14:textId="13DFA680" w:rsidR="009C0F69" w:rsidRDefault="005C1E4E" w:rsidP="00E842CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk211519929"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Large poster paper and markers for each group</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74F6B998" w14:textId="71BC536D" w:rsidR="003C09AD" w:rsidRDefault="007A0105" w:rsidP="00E842CC">
+    <w:p w14:paraId="74F6B998" w14:textId="165F457A" w:rsidR="003C09AD" w:rsidRDefault="009B3195" w:rsidP="00E842CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...7 lines deleted...]
-        <w:t>Community Resources</w:t>
+        <w:t>Arizona Resources</w:t>
+      </w:r>
+      <w:r w:rsidR="003C09AD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>” handout</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> pages 3-5</w:t>
+        <w:t xml:space="preserve">copy </w:t>
       </w:r>
       <w:r w:rsidR="003C09AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, 1 per group</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="67E5D75C" w14:textId="17067251" w:rsidR="00E7236D" w:rsidRDefault="00872F80" w:rsidP="00E842CC">
+        <w:t>per group</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E5D75C" w14:textId="20B3BFAB" w:rsidR="00E7236D" w:rsidRDefault="009B1EC8" w:rsidP="00E842CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>iPad or computer</w:t>
+        <w:t>Technology Device</w:t>
       </w:r>
       <w:r w:rsidR="00497AFD">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, 1 per student</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4A4D8B2B" w14:textId="23E04BE4" w:rsidR="00A21CC8" w:rsidRDefault="003C09AD" w:rsidP="00E842CC">
+        <w:t xml:space="preserve">, 1 per </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>group</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A4D8B2B" w14:textId="4ADFFC89" w:rsidR="00A21CC8" w:rsidRDefault="003C09AD" w:rsidP="00E842CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“Information on Resources” h</w:t>
-[...7 lines deleted...]
-        <w:t>andout</w:t>
+        <w:t xml:space="preserve">Information on Resources, 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE544D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">copy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, 1 per student</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="460DB203" w14:textId="01CD25E0" w:rsidR="00E7236D" w:rsidRPr="00E7236D" w:rsidRDefault="00A21CC8" w:rsidP="00E7236D">
+        <w:t>per student</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="460DB203" w14:textId="41E336DF" w:rsidR="00E7236D" w:rsidRPr="00E7236D" w:rsidRDefault="00A21CC8" w:rsidP="00E7236D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00872F80">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ticky notes</w:t>
+        <w:t>ticky note</w:t>
       </w:r>
       <w:r w:rsidR="003C09AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 1 per student</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="78A05A9D" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AC141EE" w14:textId="57EBAB62" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
+    <w:p w14:paraId="3AC141EE" w14:textId="1DED3AFF" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Timeframe: </w:t>
       </w:r>
+      <w:r w:rsidR="009B3195">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
       <w:r w:rsidR="00796193">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">50 </w:t>
+        <w:t xml:space="preserve">0 </w:t>
       </w:r>
       <w:r w:rsidR="00D15ACF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Minutes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="230B298B" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E458A6A" w14:textId="77777777" w:rsidR="002F4051" w:rsidRPr="002F4051" w:rsidRDefault="002F4051" w:rsidP="002F4051">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk146786075"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk146786075"/>
       <w:r w:rsidRPr="002F4051">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Team Teaching:</w:t>
       </w:r>
       <w:r w:rsidRPr="002F4051">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  For effective implementation of Law Related Education (LRE), team teach with the classroom teacher by…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53DE241A" w14:textId="77777777" w:rsidR="00E7236D" w:rsidRPr="00CB37FF" w:rsidRDefault="00E7236D" w:rsidP="00E7236D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -971,4043 +1020,1003 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB37FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Assigning the classroom teacher part of the lesson instructions. Team teaching with the classroom teacher enables the students to further see the importance of LRE lessons. It also provides an opportunity for the classroom teacher to demonstrate teaching skills conducive for effective teaching. Student attention can be maintained more easily with different voices and personalities experienced throughout the lesson.</w:t>
+        <w:t xml:space="preserve">Assigning the classroom teacher part of the lesson instructions. Team teaching with the classroom teacher enables the students to further see the importance of LRE lessons. It also provides an opportunity for the classroom teacher to demonstrate teaching skills conducive </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> effective teaching. Student attention can be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>maintained</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> more easily with different voices and personalities experienced throughout the lesson.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34AB7EE4" w14:textId="77777777" w:rsidR="002F4051" w:rsidRDefault="002F4051" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="322FB9F6" w14:textId="73132D4F" w:rsidR="00C8231F" w:rsidRPr="00E7236D" w:rsidRDefault="00E7236D" w:rsidP="00C8231F">
+    <w:p w14:paraId="176AB623" w14:textId="77777777" w:rsidR="00CE544D" w:rsidRDefault="00CE544D" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...5 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11CE20E7" w14:textId="77777777" w:rsidR="00CE544D" w:rsidRDefault="00CE544D" w:rsidP="00E842CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D1C5B16" w14:textId="77777777" w:rsidR="00CE544D" w:rsidRDefault="00CE544D" w:rsidP="00E842CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70549697" w14:textId="77777777" w:rsidR="00CE544D" w:rsidRDefault="00CE544D" w:rsidP="00E842CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="322FB9F6" w14:textId="73132D4F" w:rsidR="00C8231F" w:rsidRPr="007901E5" w:rsidRDefault="00E7236D" w:rsidP="00C8231F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lesson: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DFE4A59" w14:textId="77777777" w:rsidR="00E7236D" w:rsidRDefault="005C1E4E" w:rsidP="00E7236D">
+    <w:p w14:paraId="0DFE4A59" w14:textId="0FE580C2" w:rsidR="00E7236D" w:rsidRPr="007901E5" w:rsidRDefault="005C1E4E" w:rsidP="00E7236D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidR="00E7236D">
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Divide </w:t>
+      </w:r>
+      <w:r w:rsidR="008D50FC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the class</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> int</w:t>
+      </w:r>
+      <w:r w:rsidR="00E7236D" w:rsidRPr="007901E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007901E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> small groups of </w:t>
       </w:r>
-      <w:r w:rsidR="00E7236D">
+      <w:r w:rsidR="00E7236D" w:rsidRPr="007901E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3 or 4</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007901E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> students each. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-      <w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="007901E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide each group with </w:t>
       </w:r>
-      <w:r w:rsidRPr="005C1E4E">
+      <w:r w:rsidRPr="007901E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>large poster paper and markers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DA2188C" w14:textId="06296491" w:rsidR="00170C73" w:rsidRPr="00170C73" w:rsidRDefault="00796193" w:rsidP="00170C73">
+    <w:p w14:paraId="0A3406B5" w14:textId="473065D9" w:rsidR="009B3195" w:rsidRPr="007901E5" w:rsidRDefault="00AB57A8" w:rsidP="00524819">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...97 lines deleted...]
-    <w:p w14:paraId="701CF875" w14:textId="7CAC5155" w:rsidR="009179F5" w:rsidRPr="00557125" w:rsidRDefault="00AB57A8" w:rsidP="0082345C">
+      <w:bookmarkStart w:id="4" w:name="_Hlk211519945"/>
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Explain to students that </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3195" w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sometimes people act dangerously when they are emotionally hurt or feel like they have no support. Today, </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1EC8" w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>they</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3195" w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ll learn about resources available in Arizona that can help people during those times. </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1EC8" w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>They</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3195" w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’ll become experts on a resource and learn how to help others by sharing that </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1EC8" w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r w:rsidR="009B3195" w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7918CB10" w14:textId="4218056B" w:rsidR="009B1EC8" w:rsidRPr="007901E5" w:rsidRDefault="003C09AD" w:rsidP="00524819">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...104 lines deleted...]
-    <w:p w14:paraId="24C4A6E6" w14:textId="5B107A5D" w:rsidR="00170C73" w:rsidRPr="003C0B8F" w:rsidRDefault="003C09AD" w:rsidP="0082345C">
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Distribute</w:t>
+      </w:r>
+      <w:r w:rsidR="003C0B8F" w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1EC8" w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r w:rsidR="009179F5" w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1EC8" w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Arizona Resources </w:t>
+      </w:r>
+      <w:r w:rsidR="007A0105" w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">handout </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to each group. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64DD537E" w14:textId="2F21B6D8" w:rsidR="009B1EC8" w:rsidRPr="007901E5" w:rsidRDefault="009B1EC8" w:rsidP="00524819">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidR="003C0B8F">
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ask each group to</w:t>
+      </w:r>
+      <w:r w:rsidR="00A147F1" w:rsidRPr="007901E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009179F5">
-[...106 lines deleted...]
-    <w:p w14:paraId="39405AD1" w14:textId="4B95A3B9" w:rsidR="00A147F1" w:rsidRPr="00BC3B65" w:rsidRDefault="003C0B8F" w:rsidP="00A147F1">
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">choose a resource from the list to research. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F963EBD" w14:textId="3A317CC3" w:rsidR="009B1EC8" w:rsidRPr="007901E5" w:rsidRDefault="009B1EC8" w:rsidP="009B1EC8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...55 lines deleted...]
-      <w:r w:rsidR="00A147F1">
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Have each group report out the resource they chose to ensure a different resource is </w:t>
+      </w:r>
+      <w:r w:rsidR="009D2ED3" w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>selected</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007901E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> from each group.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="2B1C5937" w14:textId="0215C6F2" w:rsidR="00BC3B65" w:rsidRPr="00BC3B65" w:rsidRDefault="00BC3B65" w:rsidP="00A147F1">
+      <w:r w:rsidR="008D50FC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If two groups choose the same resource, a representative from each group can play “paper, rock, scissors” to determine who gets to keep the wanted resource.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B1C5937" w14:textId="379683B9" w:rsidR="00BC3B65" w:rsidRPr="007901E5" w:rsidRDefault="00BC3B65" w:rsidP="00A147F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-    <w:p w14:paraId="3A17347A" w14:textId="6E5DD136" w:rsidR="00BC3B65" w:rsidRDefault="00BC3B65" w:rsidP="00BC3B65">
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Write on the board the information that should be included in the poster</w:t>
+      </w:r>
+      <w:r w:rsidR="009D2ED3" w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A17347A" w14:textId="78216304" w:rsidR="00BC3B65" w:rsidRPr="007901E5" w:rsidRDefault="00BC3B65" w:rsidP="009D2ED3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
+          <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007901E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Name of the facility</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C0ACB7C" w14:textId="54E02D88" w:rsidR="00BC3B65" w:rsidRDefault="00B84DCC" w:rsidP="00BC3B65">
+    <w:p w14:paraId="6C0ACB7C" w14:textId="13522841" w:rsidR="00BC3B65" w:rsidRPr="007901E5" w:rsidRDefault="009D2ED3" w:rsidP="009D2ED3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
+          <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-    <w:p w14:paraId="02527AC8" w14:textId="4A0AF044" w:rsidR="00BC3B65" w:rsidRDefault="00B84DCC" w:rsidP="00BC3B65">
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Services provided</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02527AC8" w14:textId="7EDB23D3" w:rsidR="00BC3B65" w:rsidRPr="007901E5" w:rsidRDefault="009D2ED3" w:rsidP="009D2ED3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
+          <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-    <w:p w14:paraId="162DEEF5" w14:textId="489A3496" w:rsidR="00B84DCC" w:rsidRDefault="00B84DCC" w:rsidP="00B84DCC">
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Age group served</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="162DEEF5" w14:textId="117641AB" w:rsidR="00B84DCC" w:rsidRPr="007901E5" w:rsidRDefault="009D2ED3" w:rsidP="009D2ED3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
+          <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-    <w:p w14:paraId="68A36CBD" w14:textId="6B23EAEF" w:rsidR="00A21CC8" w:rsidRDefault="00A21CC8" w:rsidP="00B84DCC">
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Contact information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1234FDD6" w14:textId="65638DB5" w:rsidR="009D2ED3" w:rsidRPr="007901E5" w:rsidRDefault="009D2ED3" w:rsidP="009D2ED3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
-          <w:ilvl w:val="1"/>
+          <w:ilvl w:val="2"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Visual elements (logos, icons, drawings)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A36CBD" w14:textId="7952238F" w:rsidR="00A21CC8" w:rsidRPr="007901E5" w:rsidRDefault="00A21CC8" w:rsidP="009D2ED3">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007901E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other important information</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="56E9E9FC" w14:textId="062A597B" w:rsidR="00A147F1" w:rsidRPr="003C09AD" w:rsidRDefault="00A147F1" w:rsidP="00A147F1">
+      <w:r w:rsidR="009D2ED3" w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (cost, location, languages spoken)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40EC312A" w14:textId="77777777" w:rsidR="00CE544D" w:rsidRPr="007901E5" w:rsidRDefault="00CE544D" w:rsidP="00CE544D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00872F80">
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Allow time for groups to research on their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007901E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>iPad or computer</w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="3360EE77" w14:textId="7C0EA9E5" w:rsidR="00BC3B65" w:rsidRPr="00BC3B65" w:rsidRDefault="00BC3B65" w:rsidP="00A147F1">
+        <w:t>technology device</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and create a poster on their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>large poster paper</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C20D454" w14:textId="44A8D987" w:rsidR="00CE544D" w:rsidRPr="00CE544D" w:rsidRDefault="00CE544D" w:rsidP="00CE544D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE544D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Distribute the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE544D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r w:rsidR="00D87A9C">
+        <w:t xml:space="preserve"> Information on Resources </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE544D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">handout to each student before </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>groups present their posters</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE544D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-    <w:p w14:paraId="28042BE0" w14:textId="3895813C" w:rsidR="00BC3B65" w:rsidRPr="00EE0FE8" w:rsidRDefault="00D87A9C" w:rsidP="00A147F1">
+    </w:p>
+    <w:p w14:paraId="627E54F5" w14:textId="45E0FBA3" w:rsidR="00CE544D" w:rsidRPr="00CE544D" w:rsidRDefault="00CE544D" w:rsidP="00CE544D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...71 lines deleted...]
-    <w:p w14:paraId="4D33A94E" w14:textId="22E99404" w:rsidR="00EE0FE8" w:rsidRPr="00A147F1" w:rsidRDefault="00421B50" w:rsidP="00A147F1">
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE544D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Instruct students to listen and write down key information about each resource</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> presented</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE544D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on their handout.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52016A61" w14:textId="677EFC42" w:rsidR="00CE544D" w:rsidRPr="00CE544D" w:rsidRDefault="00CE544D" w:rsidP="007901E5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...73 lines deleted...]
-    <w:p w14:paraId="345E30E7" w14:textId="36D3EF8E" w:rsidR="00B02B89" w:rsidRPr="00A147F1" w:rsidRDefault="00C43654" w:rsidP="009F5BC3">
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Once all poster have been presented,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE544D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have </w:t>
+      </w:r>
+      <w:r w:rsidR="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>groups</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> discuss the following question in their group</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE544D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE544D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>How would you share this information with a friend who might need help?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The facilitator should rotate around the room and provide positive feedback to students.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699D09F7" w14:textId="13D38631" w:rsidR="00CE544D" w:rsidRPr="007901E5" w:rsidRDefault="00CE544D" w:rsidP="00CE544D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:rPr>
-[...45 lines deleted...]
-      <w:r w:rsidR="00872F80" w:rsidRPr="001F0346">
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Debrief the lesson by having each student write on a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007901E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sticky note</w:t>
       </w:r>
-      <w:r w:rsidR="003C09AD">
-[...154 lines deleted...]
-    <w:p w14:paraId="71C8C98D" w14:textId="77777777" w:rsidR="00383D53" w:rsidRDefault="00383D53" w:rsidP="00035372">
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> what resource seems the most helpful to the people they know.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48944230" w14:textId="77777777" w:rsidR="00CE544D" w:rsidRPr="007901E5" w:rsidRDefault="00CE544D" w:rsidP="00CE544D">
       <w:pPr>
         <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1710" w:hanging="1710"/>
-[...136 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007901E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Collect sticky notes as students exit the class and review to ensure they understand the content.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="4243C454" w14:textId="7414D752" w:rsidR="00EC1199" w:rsidRPr="003D0C7A" w:rsidRDefault="00B02B89" w:rsidP="00F20269">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-[...2645 lines deleted...]
-          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E62145E" w14:textId="77777777" w:rsidR="00EC1199" w:rsidRPr="00DC7F18" w:rsidRDefault="00EC1199" w:rsidP="00EC1199">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC7F18">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="567FCD42" wp14:editId="7FF2504A">
@@ -5134,83 +2143,93 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Academy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E133663" w14:textId="77777777" w:rsidR="00383D53" w:rsidRPr="00383D53" w:rsidRDefault="00383D53" w:rsidP="00383D53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00383D53">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Middle/High School)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="221A694E" w14:textId="77777777" w:rsidR="00383D53" w:rsidRPr="00383D53" w:rsidRDefault="00383D53" w:rsidP="00383D53">
+    <w:p w14:paraId="221A694E" w14:textId="3E7E3956" w:rsidR="00383D53" w:rsidRPr="00383D53" w:rsidRDefault="009B3195" w:rsidP="00383D53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00383D53">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Resources Available to Help Lesson Plan</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+        <w:t>Community Resources</w:t>
+      </w:r>
+      <w:r w:rsidR="00383D53" w:rsidRPr="00383D53">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Lesson Plan</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="027C4F90" w14:textId="77777777" w:rsidR="00383D53" w:rsidRDefault="00383D53" w:rsidP="00383D53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16D9D8E2" w14:textId="73EDBD19" w:rsidR="00EC1199" w:rsidRDefault="00035372" w:rsidP="00EC1199">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00035372">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Arizona State Standards </w:t>
       </w:r>
       <w:r w:rsidR="00EC1199" w:rsidRPr="00135563">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5290,51 +2309,67 @@
         <w:t>b. Develop the topic with relevant facts, definitions, concrete details, quotations, or other information and examples.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60D81B87" w14:textId="77777777" w:rsidR="00EE0FE8" w:rsidRPr="00EE0FE8" w:rsidRDefault="00EE0FE8" w:rsidP="00927CFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FB6ABA1" w14:textId="288241C3" w:rsidR="00EE0FE8" w:rsidRDefault="00421B50" w:rsidP="00927CFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00421B50">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>9-10.W.7 Conduct short as well as more sustained research projects to answer a question (including a self‐generated question) or solve a problem; narrow or broaden the inquiry when appropriate; synthesize multiple sources on the subject, demonstrating understanding of the subject under investigation.</w:t>
+        <w:t>9-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00421B50">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10.W.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00421B50">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7 Conduct short as well as more sustained research projects to answer a question (including a self‐generated question) or solve a problem; narrow or broaden the inquiry when appropriate; synthesize multiple sources on the subject, demonstrating understanding of the subject under investigation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D161BB4" w14:textId="77777777" w:rsidR="00421B50" w:rsidRPr="00EE0FE8" w:rsidRDefault="00421B50" w:rsidP="00927CFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6999C3D2" w14:textId="77777777" w:rsidR="00EE0FE8" w:rsidRPr="00EE0FE8" w:rsidRDefault="00EE0FE8" w:rsidP="00EE0FE8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EE0FE8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -5375,98 +2410,93 @@
         </w:rPr>
         <w:t>SL.2 Integrate and evaluate information presented in diverse media and formats, including visually, quantitatively, and orally.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="696CBE6C" w14:textId="77777777" w:rsidR="00EE0FE8" w:rsidRDefault="00EE0FE8" w:rsidP="00927CFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="549CA82F" w14:textId="77777777" w:rsidR="00EE0FE8" w:rsidRDefault="00EE0FE8" w:rsidP="00927CFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53B14588" w14:textId="77777777" w:rsidR="00EE0FE8" w:rsidRPr="00135563" w:rsidRDefault="00EE0FE8" w:rsidP="00927CFF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EE0FE8" w:rsidRPr="00135563" w:rsidSect="000C2FB9">
-      <w:headerReference w:type="even" r:id="rId23"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId28"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="288" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="thinThickMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:left w:val="thinThickMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:bottom w:val="thickThinMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:right w:val="thickThinMediumGap" w:sz="12" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="611E4AD2" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6425EC1D" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5482,112 +2512,86 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="380BEBE7" w14:textId="706C80CB" w:rsidR="00DD3CC7" w:rsidRPr="001F3FAB" w:rsidRDefault="00DD3CC7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="380BEBE7" w14:textId="4C452F9C" w:rsidR="00DD3CC7" w:rsidRPr="001F3FAB" w:rsidRDefault="00DD3CC7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="thinThickSmallGap" w:sz="24" w:space="1" w:color="622423" w:themeColor="accent2" w:themeShade="7F"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Arizona Foundation for Legal Services and Education  </w:t>
     </w:r>
     <w:r w:rsidR="001B57D3" w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">                         </w:t>
     </w:r>
-    <w:r w:rsidR="00796193">
+    <w:r w:rsidR="009B3195">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>January</w:t>
-[...15 lines deleted...]
-      <w:t>2024</w:t>
+      <w:t>November 2025</w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -5612,117 +2616,77 @@
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3C65BB8F" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRDefault="00DD3CC7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6F6BB41C" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="48A53959" w14:textId="77777777" w:rsidR="00DD7F10" w:rsidRDefault="00DD7F10" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="032251CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C2468EC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -6521,50 +3485,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26607411"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F2F4204C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A657C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="426818D6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6633,51 +3710,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B2E1E2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08367FE6"/>
     <w:lvl w:ilvl="0" w:tplc="C6E0275C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -6733,51 +3810,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="464B759C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8B80529A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6882,51 +3959,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B467F3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69C4E816"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6995,51 +4072,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51A61BC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9130529A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7108,372 +4185,481 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51BA12E6"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="548AC96A"/>
+    <w:tmpl w:val="B99AB892"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53F76BC6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F356BF04"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8640" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="9360" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57A76FB0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F5488CA4"/>
+    <w:lvl w:ilvl="0" w:tplc="04090015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="597942B6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DF6E4346"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...7 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...7 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...7 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...7 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-[...171 lines deleted...]
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61681F0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CFC2452"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7515,51 +4701,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63E47A45"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B1A3B44"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7628,51 +4814,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67AD19DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="374A6AFE"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7714,51 +4900,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78005949"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18280EE4"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7800,51 +4986,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B2620CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1F46E42"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -7891,51 +5077,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D934603"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26C253BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -8005,373 +5191,401 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1604453888">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1345598185">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="843592318">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1486125867">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2010206926">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1425568478">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="265042014">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="2133815192">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="512384444">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="302776394">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="307980689">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1750544709">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="219293783">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1916554064">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="558638107">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="509032057">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1746219410">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="203559819">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="674847208">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="665018497">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1822575971">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1985693805">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="608855115">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="524905548">
+    <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B02B89"/>
     <w:rsid w:val="00016A77"/>
     <w:rsid w:val="000243D2"/>
     <w:rsid w:val="00035372"/>
     <w:rsid w:val="00066BF7"/>
     <w:rsid w:val="00073638"/>
     <w:rsid w:val="00085736"/>
     <w:rsid w:val="000C2FB9"/>
     <w:rsid w:val="000D345C"/>
     <w:rsid w:val="0010781D"/>
     <w:rsid w:val="00122A33"/>
     <w:rsid w:val="001257DE"/>
     <w:rsid w:val="00135563"/>
     <w:rsid w:val="00154CB5"/>
     <w:rsid w:val="00160A11"/>
     <w:rsid w:val="00170C73"/>
     <w:rsid w:val="001A7902"/>
     <w:rsid w:val="001B57D3"/>
+    <w:rsid w:val="001D7BE8"/>
     <w:rsid w:val="001F0346"/>
     <w:rsid w:val="001F3FAB"/>
     <w:rsid w:val="001F7F87"/>
     <w:rsid w:val="00201227"/>
     <w:rsid w:val="00203CB5"/>
     <w:rsid w:val="00205985"/>
     <w:rsid w:val="00211499"/>
     <w:rsid w:val="002323F1"/>
     <w:rsid w:val="00280645"/>
     <w:rsid w:val="00282F65"/>
     <w:rsid w:val="002C2C9A"/>
     <w:rsid w:val="002D52B2"/>
     <w:rsid w:val="002F4051"/>
     <w:rsid w:val="00303753"/>
+    <w:rsid w:val="00341A63"/>
+    <w:rsid w:val="00342532"/>
     <w:rsid w:val="00346335"/>
     <w:rsid w:val="003746EA"/>
     <w:rsid w:val="00383D53"/>
     <w:rsid w:val="003864BE"/>
     <w:rsid w:val="003909D8"/>
     <w:rsid w:val="00391C14"/>
     <w:rsid w:val="003C09AD"/>
     <w:rsid w:val="003C0B8F"/>
+    <w:rsid w:val="003D0C7A"/>
     <w:rsid w:val="00407C2B"/>
     <w:rsid w:val="00412D98"/>
     <w:rsid w:val="00421B50"/>
     <w:rsid w:val="004409AB"/>
     <w:rsid w:val="00441985"/>
     <w:rsid w:val="00447F51"/>
     <w:rsid w:val="00447FE1"/>
+    <w:rsid w:val="00450EDD"/>
     <w:rsid w:val="00467D85"/>
+    <w:rsid w:val="0048701D"/>
     <w:rsid w:val="0049245C"/>
     <w:rsid w:val="00497AFD"/>
     <w:rsid w:val="004C1842"/>
     <w:rsid w:val="004C2E92"/>
     <w:rsid w:val="004C3A07"/>
     <w:rsid w:val="004C4E8D"/>
     <w:rsid w:val="004C78EF"/>
     <w:rsid w:val="004F3387"/>
     <w:rsid w:val="0050104B"/>
     <w:rsid w:val="0052661D"/>
     <w:rsid w:val="00557125"/>
     <w:rsid w:val="00566C67"/>
+    <w:rsid w:val="00567039"/>
     <w:rsid w:val="005738D7"/>
     <w:rsid w:val="00580D73"/>
     <w:rsid w:val="00582C01"/>
     <w:rsid w:val="005C1E4E"/>
     <w:rsid w:val="006046EB"/>
     <w:rsid w:val="00613078"/>
     <w:rsid w:val="006172F8"/>
     <w:rsid w:val="0062679B"/>
     <w:rsid w:val="00627053"/>
     <w:rsid w:val="006349C5"/>
     <w:rsid w:val="00634BCB"/>
     <w:rsid w:val="00637E53"/>
     <w:rsid w:val="00640470"/>
     <w:rsid w:val="006479E6"/>
     <w:rsid w:val="0066398A"/>
     <w:rsid w:val="006642E6"/>
     <w:rsid w:val="0066538A"/>
     <w:rsid w:val="0067693C"/>
     <w:rsid w:val="00683535"/>
     <w:rsid w:val="00692680"/>
     <w:rsid w:val="00692A50"/>
     <w:rsid w:val="006A6C68"/>
     <w:rsid w:val="006D48B0"/>
     <w:rsid w:val="006F063F"/>
     <w:rsid w:val="00702EF8"/>
     <w:rsid w:val="00722DCD"/>
     <w:rsid w:val="00757F51"/>
     <w:rsid w:val="00770754"/>
     <w:rsid w:val="007810FE"/>
+    <w:rsid w:val="007901E5"/>
     <w:rsid w:val="00793882"/>
     <w:rsid w:val="00796193"/>
     <w:rsid w:val="007A0105"/>
     <w:rsid w:val="007D30A2"/>
     <w:rsid w:val="007E53A7"/>
     <w:rsid w:val="00805074"/>
     <w:rsid w:val="00813143"/>
     <w:rsid w:val="00817815"/>
     <w:rsid w:val="0082345C"/>
     <w:rsid w:val="00842A95"/>
     <w:rsid w:val="00852A46"/>
     <w:rsid w:val="00872F80"/>
     <w:rsid w:val="00884D7F"/>
     <w:rsid w:val="008B0C97"/>
     <w:rsid w:val="008C7DD0"/>
+    <w:rsid w:val="008D50FC"/>
+    <w:rsid w:val="008D683B"/>
     <w:rsid w:val="008E20E2"/>
     <w:rsid w:val="008F2786"/>
     <w:rsid w:val="009070E8"/>
     <w:rsid w:val="009179F5"/>
+    <w:rsid w:val="00926401"/>
     <w:rsid w:val="00927CFF"/>
     <w:rsid w:val="009302B3"/>
     <w:rsid w:val="00944671"/>
     <w:rsid w:val="0096500A"/>
     <w:rsid w:val="00971B3C"/>
     <w:rsid w:val="009753F0"/>
     <w:rsid w:val="00977A39"/>
     <w:rsid w:val="009A2EBF"/>
+    <w:rsid w:val="009B1EC8"/>
     <w:rsid w:val="009B25EF"/>
+    <w:rsid w:val="009B3195"/>
+    <w:rsid w:val="009C0D78"/>
     <w:rsid w:val="009C0F69"/>
     <w:rsid w:val="009C5929"/>
     <w:rsid w:val="009D0224"/>
+    <w:rsid w:val="009D2ED3"/>
     <w:rsid w:val="009F0F50"/>
     <w:rsid w:val="00A01395"/>
     <w:rsid w:val="00A053D9"/>
     <w:rsid w:val="00A147F1"/>
     <w:rsid w:val="00A1490D"/>
     <w:rsid w:val="00A21CC8"/>
     <w:rsid w:val="00A44C66"/>
+    <w:rsid w:val="00A564E6"/>
     <w:rsid w:val="00A567E2"/>
     <w:rsid w:val="00A5798A"/>
     <w:rsid w:val="00A6454B"/>
+    <w:rsid w:val="00A67336"/>
     <w:rsid w:val="00A94926"/>
     <w:rsid w:val="00AB16F9"/>
     <w:rsid w:val="00AB57A8"/>
     <w:rsid w:val="00B02B89"/>
     <w:rsid w:val="00B12631"/>
     <w:rsid w:val="00B25894"/>
     <w:rsid w:val="00B52E2D"/>
     <w:rsid w:val="00B57020"/>
     <w:rsid w:val="00B72143"/>
     <w:rsid w:val="00B84DCC"/>
     <w:rsid w:val="00BA1AFE"/>
     <w:rsid w:val="00BC1420"/>
     <w:rsid w:val="00BC3B65"/>
     <w:rsid w:val="00BE1B92"/>
     <w:rsid w:val="00BE23CC"/>
+    <w:rsid w:val="00BE2A99"/>
     <w:rsid w:val="00BE317A"/>
     <w:rsid w:val="00BE6086"/>
     <w:rsid w:val="00C0030B"/>
     <w:rsid w:val="00C347FB"/>
     <w:rsid w:val="00C43654"/>
     <w:rsid w:val="00C622DA"/>
     <w:rsid w:val="00C63EFC"/>
     <w:rsid w:val="00C64AFA"/>
     <w:rsid w:val="00C8231F"/>
     <w:rsid w:val="00CB6EBF"/>
+    <w:rsid w:val="00CE544D"/>
     <w:rsid w:val="00CF088E"/>
     <w:rsid w:val="00CF6F52"/>
     <w:rsid w:val="00D016A7"/>
     <w:rsid w:val="00D06DB1"/>
     <w:rsid w:val="00D15ACF"/>
     <w:rsid w:val="00D32C21"/>
     <w:rsid w:val="00D468D3"/>
     <w:rsid w:val="00D46CC1"/>
     <w:rsid w:val="00D6505C"/>
     <w:rsid w:val="00D833C0"/>
     <w:rsid w:val="00D84C8D"/>
     <w:rsid w:val="00D87A9C"/>
     <w:rsid w:val="00D95427"/>
     <w:rsid w:val="00D973A8"/>
     <w:rsid w:val="00DB777F"/>
     <w:rsid w:val="00DC0544"/>
     <w:rsid w:val="00DC7F18"/>
     <w:rsid w:val="00DD3CC7"/>
     <w:rsid w:val="00DD7F10"/>
     <w:rsid w:val="00DF2927"/>
     <w:rsid w:val="00E00A0D"/>
     <w:rsid w:val="00E234BC"/>
     <w:rsid w:val="00E26288"/>
     <w:rsid w:val="00E30F83"/>
     <w:rsid w:val="00E35E15"/>
     <w:rsid w:val="00E7236D"/>
     <w:rsid w:val="00E842CC"/>
     <w:rsid w:val="00E8540B"/>
     <w:rsid w:val="00E9344E"/>
     <w:rsid w:val="00E962DD"/>
     <w:rsid w:val="00EA37F0"/>
     <w:rsid w:val="00EB0D8E"/>
     <w:rsid w:val="00EC1199"/>
     <w:rsid w:val="00EE0FE8"/>
     <w:rsid w:val="00EF3E2B"/>
     <w:rsid w:val="00F05208"/>
     <w:rsid w:val="00F16AD8"/>
     <w:rsid w:val="00F20269"/>
     <w:rsid w:val="00F31CF1"/>
     <w:rsid w:val="00F50DF2"/>
     <w:rsid w:val="00F748ED"/>
     <w:rsid w:val="00FC36B0"/>
+    <w:rsid w:val="00FC5985"/>
     <w:rsid w:val="00FC66CF"/>
     <w:rsid w:val="00FD115E"/>
     <w:rsid w:val="00FE4761"/>
     <w:rsid w:val="00FF11D4"/>
     <w:rsid w:val="00FF5166"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6C0F4E22"/>
   <w15:docId w15:val="{4F9963CA-BBC6-4557-9E04-A05D200D8100}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8983,51 +6197,51 @@
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C64AFA"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="0052661D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="118037656">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="242371285">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9057,95 +6271,95 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2091459040">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://npfy.org/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.embarkbh.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.destinyspringshealthcare.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hsc-az.org/contact/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cfss.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.auroraarizona.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.touchstonehs.org/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.arizonaschildren.org/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stlukesbehavioralhealth.org" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onenten.org/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.terroshealth.org/27th-avenue-health-center" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="192B74046782404D927B71A0898EF11A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1F6636E8-DE1A-422B-A11F-B89312C3CCA3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E20F61" w:rsidRDefault="002A11D9" w:rsidP="002A11D9">
           <w:pPr>
             <w:pStyle w:val="192B74046782404D927B71A0898EF11A"/>
           </w:pPr>
           <w:r w:rsidRPr="00EE2CB9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -9157,102 +6371,114 @@
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A11D9"/>
+    <w:rsid w:val="001D7BE8"/>
     <w:rsid w:val="002A11D9"/>
+    <w:rsid w:val="00342532"/>
+    <w:rsid w:val="00567039"/>
+    <w:rsid w:val="008D683B"/>
+    <w:rsid w:val="009C0D78"/>
+    <w:rsid w:val="00A67336"/>
     <w:rsid w:val="00E20F61"/>
+    <w:rsid w:val="00FC5985"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9661,51 +6887,51 @@
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002A11D9"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="192B74046782404D927B71A0898EF11A">
     <w:name w:val="192B74046782404D927B71A0898EF11A"/>
     <w:rsid w:val="002A11D9"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -9978,65 +7204,50 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001D68C54F14245A41ABB6A58E436808E3" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7e135111e5fb799507239e96199f7a6a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xmlns:ns3="4800617c-8abc-4513-8684-14d29e623f83" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7fd6e20374dea80c67ba280ef0ebe7d3" ns2:_="" ns3:_="">
     <xsd:import namespace="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <xsd:import namespace="4800617c-8abc-4513-8684-14d29e623f83"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -10235,126 +7446,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4800617c-8abc-4513-8684-14d29e623f83">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3E068F2-D67B-49E6-9E51-CA0DFB56C85A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F962F607-E10B-4226-910B-46B1FDC1A666}">
-[...17 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90929A4F-8993-4F2C-9255-44E3B039EFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5674393A-9F75-4A16-A852-E5A3E79EEA8A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F962F607-E10B-4226-910B-46B1FDC1A666}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
+    <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>9388</Characters>
+  <Pages>3</Pages>
+  <Words>772</Words>
+  <Characters>4398</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>102</Lines>
+  <Paragraphs>59</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Arizona Bar Foundation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11013</CharactersWithSpaces>
+  <CharactersWithSpaces>5111</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Diana Strouth</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001D68C54F14245A41ABB6A58E436808E3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>