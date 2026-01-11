--- v0 (2025-11-04)
+++ v1 (2026-01-11)
@@ -1,43 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="46420FC2" w14:textId="77777777" w:rsidR="00D15ACF" w:rsidRPr="00DC7F18" w:rsidRDefault="00DD3CC7" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -116,51 +121,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B02B89">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>The Law-Related Education Academy is facilitated by the Arizona Foundation for Legal Services &amp; Education with funding made possible by the Arizona Department of Education School Safety Program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="515B02F6" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRPr="00DC7F18" w:rsidRDefault="00DD3CC7" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C421E8F" w14:textId="478F6E29" w:rsidR="002A566F" w:rsidRDefault="00491FA0" w:rsidP="002A566F">
+    <w:p w14:paraId="6C421E8F" w14:textId="1D6EECD5" w:rsidR="002A566F" w:rsidRDefault="00491FA0" w:rsidP="002A566F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1710" w:hanging="1710"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk191457732"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -172,51 +177,71 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C83E37">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Community Lesson</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (K-2)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00D66340">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Elementary</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="3F9B4F48" w14:textId="3609C258" w:rsidR="002A566F" w:rsidRDefault="00151F83" w:rsidP="002A566F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This lesson is intended for the families of the students. </w:t>
       </w:r>
@@ -654,51 +679,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D15ACF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Minutes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="084577DD" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A3DA88A" w14:textId="1DE3E51E" w:rsidR="002F4051" w:rsidRDefault="00C83E37" w:rsidP="00CB20FC">
+    <w:p w14:paraId="7A3DA88A" w14:textId="46ABC510" w:rsidR="002F4051" w:rsidRDefault="00C83E37" w:rsidP="00CB20FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk146786075"/>
       <w:r w:rsidRPr="00E94A09">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Introduce yourself</w:t>
       </w:r>
       <w:r w:rsidR="007D783F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -745,80 +770,60 @@
       <w:r w:rsidRPr="00E94A09">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hank everyone for coming</w:t>
       </w:r>
       <w:r w:rsidR="007D783F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidRPr="00E94A09">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E94A09">
+        <w:t xml:space="preserve"> share the objectives for this meeting and your school site’s data </w:t>
+      </w:r>
+      <w:r w:rsidR="000F12DD">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>share</w:t>
-[...18 lines deleted...]
-        <w:t>disrespect</w:t>
+        <w:t>on the topic</w:t>
       </w:r>
       <w:r w:rsidRPr="00E94A09">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0891791D" w14:textId="77777777" w:rsidR="003654F6" w:rsidRPr="00CB20FC" w:rsidRDefault="003654F6" w:rsidP="003654F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A77B9C9" w14:textId="77777777" w:rsidR="00C8231F" w:rsidRPr="00E7236D" w:rsidRDefault="00E7236D" w:rsidP="00C8231F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1078,109 +1083,91 @@
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>scenarios</w:t>
       </w:r>
       <w:r w:rsidR="003F13C3" w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to each pair.</w:t>
       </w:r>
       <w:r w:rsidR="00A84F0A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Instruct them to work together to decide who they should report to, if anyone.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE3EC9D" w14:textId="4CDA1A82" w:rsidR="003F13C3" w:rsidRPr="007C4649" w:rsidRDefault="003F13C3" w:rsidP="00DD08BB">
+    <w:p w14:paraId="1FE3EC9D" w14:textId="39F50D61" w:rsidR="003F13C3" w:rsidRPr="007C4649" w:rsidRDefault="003F13C3" w:rsidP="00DD08BB">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ask for a volunteer to read scenario #1</w:t>
       </w:r>
       <w:r w:rsidR="00FC5523" w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00FC5523" w:rsidRPr="007C4649">
+      <w:r w:rsidR="0008098A" w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>aloud,</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>aloud and</w:t>
+      </w:r>
       <w:r w:rsidR="00A84F0A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> share which</w:t>
       </w:r>
       <w:r w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> box under ‘</w:t>
       </w:r>
       <w:r w:rsidR="00B3292F" w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00E23EAA" w:rsidRPr="007C4649">
@@ -1397,87 +1384,51 @@
         <w:t>Have a few participants share their thoughts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="022DB105" w14:textId="6A34E628" w:rsidR="00F37678" w:rsidRPr="007C4649" w:rsidRDefault="004F17D2" w:rsidP="00F37678">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The facilitator will explain that snitching is to tell </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> keep others safe</w:t>
+        <w:t>The facilitator will explain that snitching is to tell in order to get someone in trouble. Reporting is to tell in order to keep others safe</w:t>
       </w:r>
       <w:r w:rsidR="00F37678" w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71DB1927" w14:textId="1ACAD4DE" w:rsidR="00773598" w:rsidRPr="007C4649" w:rsidRDefault="00773598" w:rsidP="00AA22AB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1971,62 +1922,52 @@
         </w:rPr>
         <w:t xml:space="preserve"> No single sign means a child is violent but when multiple </w:t>
       </w:r>
       <w:r w:rsidR="009860AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>signs</w:t>
       </w:r>
       <w:r w:rsidR="004F17D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009860AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">appear together, it’s time to </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>appear together, it’s time to take action</w:t>
+      </w:r>
       <w:r w:rsidR="004F17D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44221AFD" w14:textId="6977FFB3" w:rsidR="00AE4EFE" w:rsidRPr="007C4649" w:rsidRDefault="00E80538" w:rsidP="00AE4EFE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2058,51 +1999,51 @@
         </w:rPr>
         <w:t>of youth violence</w:t>
       </w:r>
       <w:r w:rsidR="000C2E98">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A48BC" w:rsidRPr="007C4649">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>from the American Psychological Association</w:t>
       </w:r>
       <w:r w:rsidR="00386D28" w:rsidRPr="007C4649">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7695AC62" w14:textId="565D34A4" w:rsidR="00DD08BB" w:rsidRPr="007C4649" w:rsidRDefault="00DD08BB" w:rsidP="00495099">
+    <w:p w14:paraId="7695AC62" w14:textId="0F6DAB41" w:rsidR="00DD08BB" w:rsidRPr="007C4649" w:rsidRDefault="00DD08BB" w:rsidP="00495099">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C4649">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Debrief the lesson by </w:t>
       </w:r>
       <w:r w:rsidR="00420DA1" w:rsidRPr="007C4649">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2143,51 +2084,65 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>that they</w:t>
       </w:r>
       <w:r w:rsidR="00E728CF" w:rsidRPr="00E728CF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> could share with </w:t>
       </w:r>
       <w:r w:rsidR="00E728CF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>their</w:t>
       </w:r>
       <w:r w:rsidR="00E728CF" w:rsidRPr="00E728CF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> K–2 student to promote speaking up and keeping others safe.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D66340">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elementary</w:t>
+      </w:r>
+      <w:r w:rsidR="00E728CF" w:rsidRPr="00E728CF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> student to promote speaking up and keeping others safe.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="255C763D" w14:textId="0B859568" w:rsidR="00DD08BB" w:rsidRPr="007C4649" w:rsidRDefault="00DD08BB" w:rsidP="00F37860">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C4649">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Collect sticky notes as participants exit and review to ensure they understand the content.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="184BB362" w14:textId="77777777" w:rsidR="00961B69" w:rsidRPr="007C4649" w:rsidRDefault="00961B69" w:rsidP="00961B69">
@@ -2380,51 +2335,56 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AD99B68" w14:textId="77777777" w:rsidR="00DD454E" w:rsidRDefault="00DD454E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B892184" w14:textId="4FF74DD1" w:rsidR="00BD4634" w:rsidRDefault="00BD4634">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BD4634" w:rsidSect="003C58D3">
-      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="even" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="even" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:headerReference w:type="first" r:id="rId19"/>
+      <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="288" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="thinThickMediumGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:left w:val="thinThickMediumGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:bottom w:val="thickThinMediumGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:right w:val="thickThinMediumGap" w:sz="24" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="283DA747" w14:textId="77777777" w:rsidR="00B14EE1" w:rsidRDefault="00B14EE1" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
@@ -2490,93 +2450,111 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5584F9F3" w14:textId="07C63CEA" w:rsidR="00DD3CC7" w:rsidRPr="001F3FAB" w:rsidRDefault="00DD3CC7">
+  <w:p w14:paraId="051DADE3" w14:textId="77777777" w:rsidR="00D66340" w:rsidRDefault="00D66340">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5584F9F3" w14:textId="48059ACB" w:rsidR="00DD3CC7" w:rsidRPr="001F3FAB" w:rsidRDefault="00DD3CC7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="thinThickSmallGap" w:sz="24" w:space="1" w:color="622423" w:themeColor="accent2" w:themeShade="7F"/>
       </w:pBdr>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Arizona Foundation for Legal Services and Education  </w:t>
     </w:r>
     <w:r w:rsidR="001B57D3" w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">                         </w:t>
     </w:r>
-    <w:r w:rsidR="00B3292F">
+    <w:r w:rsidR="00D66340">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>October</w:t>
+      <w:t>January</w:t>
     </w:r>
     <w:r w:rsidR="00C83E37">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2025</w:t>
+      <w:t xml:space="preserve"> 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00D66340">
+      <w:rPr>
+        <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -2601,73 +2579,113 @@
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="001F3FAB">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="6975C2C8" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRDefault="00DD3CC7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6955D614" w14:textId="77777777" w:rsidR="00D66340" w:rsidRDefault="00D66340">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="52D2AB5C" w14:textId="77777777" w:rsidR="00B14EE1" w:rsidRDefault="00B14EE1" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0C32FACD" w14:textId="77777777" w:rsidR="00B14EE1" w:rsidRDefault="00B14EE1" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="70DBCE13" w14:textId="77777777" w:rsidR="00D66340" w:rsidRDefault="00D66340">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5FF86D73" w14:textId="77777777" w:rsidR="00D66340" w:rsidRDefault="00D66340">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6CE0021F" w14:textId="77777777" w:rsidR="00D66340" w:rsidRDefault="00D66340">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="032251CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C2468EC"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -7980,158 +7998,162 @@
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="83504">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="694818072">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1068383651">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1104111504">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="772826034">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="316150265">
     <w:abstractNumId w:val="35"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="135"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00623DEA"/>
     <w:rsid w:val="000023BD"/>
     <w:rsid w:val="0001131F"/>
     <w:rsid w:val="00013E17"/>
     <w:rsid w:val="00016A77"/>
     <w:rsid w:val="000243D2"/>
     <w:rsid w:val="000245FA"/>
     <w:rsid w:val="000257A9"/>
     <w:rsid w:val="000367A0"/>
     <w:rsid w:val="00047100"/>
     <w:rsid w:val="0006498E"/>
     <w:rsid w:val="00073638"/>
+    <w:rsid w:val="0008098A"/>
     <w:rsid w:val="00080B14"/>
     <w:rsid w:val="00081EEB"/>
     <w:rsid w:val="00084424"/>
     <w:rsid w:val="000848F0"/>
     <w:rsid w:val="0008726A"/>
     <w:rsid w:val="00097D67"/>
     <w:rsid w:val="000A4DC8"/>
     <w:rsid w:val="000B1571"/>
     <w:rsid w:val="000C2E98"/>
     <w:rsid w:val="000C2FB9"/>
     <w:rsid w:val="000D17CF"/>
     <w:rsid w:val="000D345C"/>
     <w:rsid w:val="000D5A56"/>
     <w:rsid w:val="000E0A6A"/>
     <w:rsid w:val="000E1E64"/>
+    <w:rsid w:val="000F12DD"/>
     <w:rsid w:val="00103FCC"/>
     <w:rsid w:val="0010781D"/>
     <w:rsid w:val="00112E21"/>
     <w:rsid w:val="00114BB2"/>
     <w:rsid w:val="001177A3"/>
     <w:rsid w:val="00122599"/>
     <w:rsid w:val="001257DE"/>
     <w:rsid w:val="00132924"/>
     <w:rsid w:val="001339AE"/>
     <w:rsid w:val="00135563"/>
     <w:rsid w:val="001416D5"/>
     <w:rsid w:val="00143056"/>
     <w:rsid w:val="001449C9"/>
     <w:rsid w:val="00151F83"/>
     <w:rsid w:val="00154CB5"/>
     <w:rsid w:val="00160A11"/>
     <w:rsid w:val="0017389E"/>
     <w:rsid w:val="0018352B"/>
     <w:rsid w:val="00191B57"/>
     <w:rsid w:val="001A4B71"/>
     <w:rsid w:val="001A7902"/>
+    <w:rsid w:val="001B1D4F"/>
     <w:rsid w:val="001B57D3"/>
     <w:rsid w:val="001C625E"/>
     <w:rsid w:val="001E007D"/>
     <w:rsid w:val="001F3FAB"/>
     <w:rsid w:val="001F7045"/>
     <w:rsid w:val="001F7F87"/>
     <w:rsid w:val="00201227"/>
     <w:rsid w:val="0020314B"/>
     <w:rsid w:val="00205985"/>
     <w:rsid w:val="00207B06"/>
     <w:rsid w:val="0021146C"/>
     <w:rsid w:val="00211499"/>
     <w:rsid w:val="00211CA3"/>
     <w:rsid w:val="0021264C"/>
     <w:rsid w:val="0021390F"/>
     <w:rsid w:val="00214FA3"/>
+    <w:rsid w:val="0022218D"/>
     <w:rsid w:val="002323F1"/>
     <w:rsid w:val="00256479"/>
     <w:rsid w:val="00260F20"/>
     <w:rsid w:val="00265B4F"/>
     <w:rsid w:val="00267BAD"/>
     <w:rsid w:val="00271FC6"/>
     <w:rsid w:val="00280645"/>
     <w:rsid w:val="00281B15"/>
     <w:rsid w:val="00282F65"/>
     <w:rsid w:val="002861F2"/>
     <w:rsid w:val="00295AC4"/>
     <w:rsid w:val="002A468F"/>
     <w:rsid w:val="002A533A"/>
     <w:rsid w:val="002A566F"/>
     <w:rsid w:val="002B16F1"/>
     <w:rsid w:val="002C2C9A"/>
     <w:rsid w:val="002D03CC"/>
     <w:rsid w:val="002D52B2"/>
     <w:rsid w:val="002D6C1F"/>
     <w:rsid w:val="002E3FC0"/>
     <w:rsid w:val="002F4051"/>
     <w:rsid w:val="002F555E"/>
     <w:rsid w:val="0030632F"/>
+    <w:rsid w:val="003174D0"/>
     <w:rsid w:val="0032158C"/>
     <w:rsid w:val="00331333"/>
     <w:rsid w:val="0033310C"/>
     <w:rsid w:val="00335958"/>
     <w:rsid w:val="00335E92"/>
     <w:rsid w:val="00340148"/>
     <w:rsid w:val="00346335"/>
     <w:rsid w:val="00356260"/>
     <w:rsid w:val="00360D66"/>
     <w:rsid w:val="00362B38"/>
     <w:rsid w:val="003654F6"/>
     <w:rsid w:val="00370ED5"/>
     <w:rsid w:val="00372092"/>
     <w:rsid w:val="003746EA"/>
     <w:rsid w:val="00377487"/>
     <w:rsid w:val="00383D87"/>
     <w:rsid w:val="003864BE"/>
     <w:rsid w:val="00386D28"/>
     <w:rsid w:val="00387F1D"/>
     <w:rsid w:val="003909D8"/>
     <w:rsid w:val="00391C14"/>
     <w:rsid w:val="003A1CFD"/>
     <w:rsid w:val="003A25B4"/>
     <w:rsid w:val="003A2A13"/>
     <w:rsid w:val="003C58D3"/>
@@ -8331,50 +8353,51 @@
     <w:rsid w:val="009753F0"/>
     <w:rsid w:val="00977A39"/>
     <w:rsid w:val="009860AB"/>
     <w:rsid w:val="009901E5"/>
     <w:rsid w:val="00990F8C"/>
     <w:rsid w:val="0099636F"/>
     <w:rsid w:val="00997B09"/>
     <w:rsid w:val="009A2EBF"/>
     <w:rsid w:val="009A48BC"/>
     <w:rsid w:val="009A5973"/>
     <w:rsid w:val="009A6E33"/>
     <w:rsid w:val="009A6E7C"/>
     <w:rsid w:val="009B25EF"/>
     <w:rsid w:val="009C0F69"/>
     <w:rsid w:val="009C5929"/>
     <w:rsid w:val="009C7775"/>
     <w:rsid w:val="009D0224"/>
     <w:rsid w:val="009E3FF6"/>
     <w:rsid w:val="009F0F50"/>
     <w:rsid w:val="009F615A"/>
     <w:rsid w:val="00A01395"/>
     <w:rsid w:val="00A0384F"/>
     <w:rsid w:val="00A1117A"/>
     <w:rsid w:val="00A1490D"/>
     <w:rsid w:val="00A22E65"/>
+    <w:rsid w:val="00A26C03"/>
     <w:rsid w:val="00A40F5C"/>
     <w:rsid w:val="00A44C66"/>
     <w:rsid w:val="00A52590"/>
     <w:rsid w:val="00A567E2"/>
     <w:rsid w:val="00A5798A"/>
     <w:rsid w:val="00A60251"/>
     <w:rsid w:val="00A6083E"/>
     <w:rsid w:val="00A6454B"/>
     <w:rsid w:val="00A74BFA"/>
     <w:rsid w:val="00A76E26"/>
     <w:rsid w:val="00A77DC3"/>
     <w:rsid w:val="00A800F3"/>
     <w:rsid w:val="00A84F0A"/>
     <w:rsid w:val="00A85791"/>
     <w:rsid w:val="00A90BE2"/>
     <w:rsid w:val="00A920CF"/>
     <w:rsid w:val="00A94926"/>
     <w:rsid w:val="00A97866"/>
     <w:rsid w:val="00AA27C5"/>
     <w:rsid w:val="00AB4FB7"/>
     <w:rsid w:val="00AC26D2"/>
     <w:rsid w:val="00AD2853"/>
     <w:rsid w:val="00AE4C84"/>
     <w:rsid w:val="00AE4EFE"/>
     <w:rsid w:val="00AE615C"/>
@@ -8418,64 +8441,66 @@
     <w:rsid w:val="00C27681"/>
     <w:rsid w:val="00C27AA5"/>
     <w:rsid w:val="00C31215"/>
     <w:rsid w:val="00C347FB"/>
     <w:rsid w:val="00C43363"/>
     <w:rsid w:val="00C43654"/>
     <w:rsid w:val="00C55B3D"/>
     <w:rsid w:val="00C55DDD"/>
     <w:rsid w:val="00C622DA"/>
     <w:rsid w:val="00C63EFC"/>
     <w:rsid w:val="00C652CC"/>
     <w:rsid w:val="00C6562B"/>
     <w:rsid w:val="00C8231F"/>
     <w:rsid w:val="00C82D0B"/>
     <w:rsid w:val="00C83E37"/>
     <w:rsid w:val="00C91418"/>
     <w:rsid w:val="00C96097"/>
     <w:rsid w:val="00CA5040"/>
     <w:rsid w:val="00CB0DF8"/>
     <w:rsid w:val="00CB1FD3"/>
     <w:rsid w:val="00CB20FC"/>
     <w:rsid w:val="00CB429A"/>
     <w:rsid w:val="00CB4607"/>
     <w:rsid w:val="00CB4F9B"/>
     <w:rsid w:val="00CB538D"/>
+    <w:rsid w:val="00CB6298"/>
     <w:rsid w:val="00CB6EBF"/>
     <w:rsid w:val="00CD2E9A"/>
     <w:rsid w:val="00CD5D25"/>
     <w:rsid w:val="00CF6F52"/>
     <w:rsid w:val="00CF7AE9"/>
     <w:rsid w:val="00D06DB1"/>
     <w:rsid w:val="00D1085C"/>
     <w:rsid w:val="00D1418E"/>
     <w:rsid w:val="00D15ACF"/>
     <w:rsid w:val="00D32C21"/>
     <w:rsid w:val="00D468D3"/>
     <w:rsid w:val="00D52BCB"/>
     <w:rsid w:val="00D561ED"/>
     <w:rsid w:val="00D6505C"/>
+    <w:rsid w:val="00D66340"/>
     <w:rsid w:val="00D73D03"/>
     <w:rsid w:val="00D76C15"/>
     <w:rsid w:val="00D81442"/>
     <w:rsid w:val="00D816F2"/>
     <w:rsid w:val="00D8314C"/>
     <w:rsid w:val="00D833C0"/>
     <w:rsid w:val="00D84C28"/>
     <w:rsid w:val="00D84C8D"/>
     <w:rsid w:val="00D90675"/>
     <w:rsid w:val="00D93956"/>
     <w:rsid w:val="00D95427"/>
     <w:rsid w:val="00DA5D16"/>
     <w:rsid w:val="00DA7631"/>
     <w:rsid w:val="00DB02E4"/>
     <w:rsid w:val="00DB1937"/>
     <w:rsid w:val="00DB3D08"/>
     <w:rsid w:val="00DB777F"/>
     <w:rsid w:val="00DC0544"/>
     <w:rsid w:val="00DC232B"/>
     <w:rsid w:val="00DC7F18"/>
     <w:rsid w:val="00DD08BB"/>
     <w:rsid w:val="00DD1CDF"/>
     <w:rsid w:val="00DD3CC7"/>
     <w:rsid w:val="00DD454E"/>
     <w:rsid w:val="00DD7F10"/>
@@ -9001,50 +9026,51 @@
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="003E4862"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -9733,51 +9759,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2089884262">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apa.org/topics/physical-abuse-violence/youth-warning-signs" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/Q98SV63-EAs?si=1RQKuNE64QPGDAOI" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/Q98SV63-EAs?si=1RQKuNE64QPGDAOI" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apa.org/topics/physical-abuse-violence/youth-warning-signs" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/Q98SV63-EAs?si=1RQKuNE64QPGDAOI" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/Q98SV63-EAs?si=1RQKuNE64QPGDAOI" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1DF3FDD9DB694F7BA5BF633A9AD18F6C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7E6D68B6-2FC4-468F-9686-5D4E3CC3D0C5}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -9877,63 +9903,67 @@
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DC2F0F"/>
     <w:rsid w:val="00084424"/>
     <w:rsid w:val="0008726A"/>
     <w:rsid w:val="000B6755"/>
     <w:rsid w:val="000E1CB5"/>
     <w:rsid w:val="0018352B"/>
     <w:rsid w:val="001A4B71"/>
+    <w:rsid w:val="001B1D4F"/>
     <w:rsid w:val="001C625E"/>
+    <w:rsid w:val="0022218D"/>
     <w:rsid w:val="00265B4F"/>
     <w:rsid w:val="002B16F1"/>
+    <w:rsid w:val="003174D0"/>
     <w:rsid w:val="00335958"/>
     <w:rsid w:val="00335E92"/>
     <w:rsid w:val="00345CB4"/>
     <w:rsid w:val="00412323"/>
     <w:rsid w:val="007811E4"/>
     <w:rsid w:val="00794313"/>
     <w:rsid w:val="0082022A"/>
     <w:rsid w:val="00824D64"/>
     <w:rsid w:val="00C55B3D"/>
     <w:rsid w:val="00C96097"/>
+    <w:rsid w:val="00CB6298"/>
     <w:rsid w:val="00D52BCB"/>
     <w:rsid w:val="00D816F2"/>
     <w:rsid w:val="00DC2F0F"/>
     <w:rsid w:val="00EA1521"/>
     <w:rsid w:val="00F11A3E"/>
     <w:rsid w:val="00F90C94"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
@@ -10670,74 +10700,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4800617c-8abc-4513-8684-14d29e623f83">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001D68C54F14245A41ABB6A58E436808E3" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7e135111e5fb799507239e96199f7a6a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xmlns:ns3="4800617c-8abc-4513-8684-14d29e623f83" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7fd6e20374dea80c67ba280ef0ebe7d3" ns2:_="" ns3:_="">
     <xsd:import namespace="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <xsd:import namespace="4800617c-8abc-4513-8684-14d29e623f83"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -10936,126 +10957,135 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F962F607-E10B-4226-910B-46B1FDC1A666}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
     <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5674393A-9F75-4A16-A852-E5A3E79EEA8A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90929A4F-8993-4F2C-9255-44E3B039EFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3E068F2-D67B-49E6-9E51-CA0DFB56C85A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>647</Words>
-  <Characters>3694</Characters>
+  <Words>649</Words>
+  <Characters>3704</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Arizona Bar Foundation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4333</CharactersWithSpaces>
+  <CharactersWithSpaces>4345</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jennifer Castro</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001D68C54F14245A41ABB6A58E436808E3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>