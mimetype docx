--- v0 (2025-11-04)
+++ v1 (2026-01-11)
@@ -76,101 +76,121 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2051685" cy="954405"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653385B5" w14:textId="01D06DA4" w:rsidR="00FE6F68" w:rsidRPr="00E36997" w:rsidRDefault="005056F4" w:rsidP="00FE6F68">
+    <w:p w14:paraId="653385B5" w14:textId="4E19CB20" w:rsidR="00FE6F68" w:rsidRPr="00E36997" w:rsidRDefault="005056F4" w:rsidP="00FE6F68">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>School Threats</w:t>
       </w:r>
       <w:r w:rsidR="00FE6F68" w:rsidRPr="00E36997">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA6216">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Community Lesson</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (K-2)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00234E59">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Elementary</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BFCDF8B" w14:textId="58195230" w:rsidR="00C84039" w:rsidRDefault="007218DE" w:rsidP="0044481C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1710" w:hanging="1710"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -493,51 +513,51 @@
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00866BC4" w:rsidRPr="005E60A5">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
                     <w:sz w:val="36"/>
                     <w:szCs w:val="36"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="005E60A5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>School</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10BA37C4" w14:textId="1FDCAA0F" w:rsidR="005056F4" w:rsidRPr="00C95CBC" w:rsidRDefault="00E43AB1" w:rsidP="005E60A5">
+          <w:p w14:paraId="10BA37C4" w14:textId="1FDCAA0F" w:rsidR="005056F4" w:rsidRPr="00C95CBC" w:rsidRDefault="00234E59" w:rsidP="005E60A5">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:sz w:val="36"/>
                   <w:szCs w:val="36"/>
                 </w:rPr>
                 <w:id w:val="-694150142"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -789,51 +809,51 @@
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C95CBC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="36"/>
                     <w:szCs w:val="36"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="005E60A5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>School</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="187A9BE1" w14:textId="701EE249" w:rsidR="005056F4" w:rsidRPr="00C95CBC" w:rsidRDefault="00E43AB1" w:rsidP="00C95CBC">
+          <w:p w14:paraId="187A9BE1" w14:textId="701EE249" w:rsidR="005056F4" w:rsidRPr="00C95CBC" w:rsidRDefault="00234E59" w:rsidP="00C95CBC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:sz w:val="36"/>
                   <w:szCs w:val="36"/>
                 </w:rPr>
                 <w:id w:val="-1265759817"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -1106,51 +1126,51 @@
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007218DE">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="36"/>
                     <w:szCs w:val="36"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00096FC3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>School</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="214FA43A" w14:textId="77777777" w:rsidR="005056F4" w:rsidRPr="00096FC3" w:rsidRDefault="00E43AB1" w:rsidP="003A49F8">
+          <w:p w14:paraId="214FA43A" w14:textId="77777777" w:rsidR="005056F4" w:rsidRPr="00096FC3" w:rsidRDefault="00234E59" w:rsidP="003A49F8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:sz w:val="36"/>
                   <w:szCs w:val="36"/>
                 </w:rPr>
                 <w:id w:val="1340963851"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -1426,51 +1446,51 @@
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C95CBC">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="36"/>
                     <w:szCs w:val="36"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00A452C4" w:rsidRPr="00096FC3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>School</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E81DBB3" w14:textId="77777777" w:rsidR="00A452C4" w:rsidRPr="00096FC3" w:rsidRDefault="00E43AB1" w:rsidP="00A452C4">
+          <w:p w14:paraId="0E81DBB3" w14:textId="77777777" w:rsidR="00A452C4" w:rsidRPr="00096FC3" w:rsidRDefault="00234E59" w:rsidP="00A452C4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
                   <w:bCs/>
                   <w:sz w:val="36"/>
                   <w:szCs w:val="36"/>
                 </w:rPr>
                 <w:id w:val="648483671"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
@@ -4167,54 +4187,56 @@
     <w:rsid w:val="00187B03"/>
     <w:rsid w:val="001927E5"/>
     <w:rsid w:val="00194FE9"/>
     <w:rsid w:val="001A6A22"/>
     <w:rsid w:val="001A7902"/>
     <w:rsid w:val="001B57D3"/>
     <w:rsid w:val="001B59B0"/>
     <w:rsid w:val="001B7779"/>
     <w:rsid w:val="001C2DFF"/>
     <w:rsid w:val="001E01BE"/>
     <w:rsid w:val="001E53BC"/>
     <w:rsid w:val="001F3FAB"/>
     <w:rsid w:val="001F4198"/>
     <w:rsid w:val="001F52AF"/>
     <w:rsid w:val="001F6747"/>
     <w:rsid w:val="001F7F87"/>
     <w:rsid w:val="00201227"/>
     <w:rsid w:val="00204608"/>
     <w:rsid w:val="00205985"/>
     <w:rsid w:val="00211499"/>
     <w:rsid w:val="00212B57"/>
     <w:rsid w:val="0021555B"/>
     <w:rsid w:val="00217E03"/>
     <w:rsid w:val="002204CB"/>
     <w:rsid w:val="002217B7"/>
+    <w:rsid w:val="0022218D"/>
     <w:rsid w:val="00225402"/>
     <w:rsid w:val="00226D26"/>
     <w:rsid w:val="002314CB"/>
     <w:rsid w:val="002323F1"/>
+    <w:rsid w:val="00234E59"/>
     <w:rsid w:val="0023727C"/>
     <w:rsid w:val="0024015E"/>
     <w:rsid w:val="0024508F"/>
     <w:rsid w:val="002455E1"/>
     <w:rsid w:val="00247293"/>
     <w:rsid w:val="00253D0A"/>
     <w:rsid w:val="00256688"/>
     <w:rsid w:val="00257117"/>
     <w:rsid w:val="00257488"/>
     <w:rsid w:val="00267BA5"/>
     <w:rsid w:val="00270082"/>
     <w:rsid w:val="00271C10"/>
     <w:rsid w:val="002722BE"/>
     <w:rsid w:val="002737C7"/>
     <w:rsid w:val="00273B75"/>
     <w:rsid w:val="00273F37"/>
     <w:rsid w:val="002749DA"/>
     <w:rsid w:val="00280645"/>
     <w:rsid w:val="00280CB8"/>
     <w:rsid w:val="00282360"/>
     <w:rsid w:val="00282F65"/>
     <w:rsid w:val="00283445"/>
     <w:rsid w:val="00285C5A"/>
     <w:rsid w:val="002867D9"/>
     <w:rsid w:val="00287F72"/>
@@ -6208,74 +6230,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4800617c-8abc-4513-8684-14d29e623f83">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001D68C54F14245A41ABB6A58E436808E3" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="37973369cf77642448fb8828b70c1f77">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xmlns:ns3="4800617c-8abc-4513-8684-14d29e623f83" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f2df3f04f291227b5a1ff18006ede4a2" ns2:_="" ns3:_="">
     <xsd:import namespace="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <xsd:import namespace="4800617c-8abc-4513-8684-14d29e623f83"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -6486,126 +6499,135 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F962F607-E10B-4226-910B-46B1FDC1A666}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
     <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3E068F2-D67B-49E6-9E51-CA0DFB56C85A}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5674393A-9F75-4A16-A852-E5A3E79EEA8A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66E2CD5E-1187-479F-AC6C-75E58A956411}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3E068F2-D67B-49E6-9E51-CA0DFB56C85A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>LRE Lesson Template</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>131</Words>
-  <Characters>752</Characters>
+  <Words>140</Words>
+  <Characters>750</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Arizona Bar Foundation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>882</CharactersWithSpaces>
+  <CharactersWithSpaces>881</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Deepika Padmavati</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001D68C54F14245A41ABB6A58E436808E3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">