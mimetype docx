--- v0 (2025-12-16)
+++ v1 (2026-01-11)
@@ -674,51 +674,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D15ACF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Minutes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="084577DD" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00E842CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A3DA88A" w14:textId="1DE3E51E" w:rsidR="002F4051" w:rsidRDefault="00C83E37" w:rsidP="00CB20FC">
+    <w:p w14:paraId="7A3DA88A" w14:textId="58EC7225" w:rsidR="002F4051" w:rsidRDefault="00C83E37" w:rsidP="00CB20FC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk146786075"/>
       <w:r w:rsidRPr="00E94A09">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Introduce yourself</w:t>
       </w:r>
       <w:r w:rsidR="007D783F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -765,80 +765,60 @@
       <w:r w:rsidRPr="00E94A09">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hank everyone for coming</w:t>
       </w:r>
       <w:r w:rsidR="007D783F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidRPr="00E94A09">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E94A09">
+        <w:t xml:space="preserve"> share the objectives for this meeting and your school site’s data on </w:t>
+      </w:r>
+      <w:r w:rsidR="005632EF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>share</w:t>
-[...18 lines deleted...]
-        <w:t>disrespect</w:t>
+        <w:t>the topic</w:t>
       </w:r>
       <w:r w:rsidRPr="00E94A09">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0891791D" w14:textId="77777777" w:rsidR="003654F6" w:rsidRPr="00CB20FC" w:rsidRDefault="003654F6" w:rsidP="003654F6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A77B9C9" w14:textId="77777777" w:rsidR="00C8231F" w:rsidRPr="00E7236D" w:rsidRDefault="00E7236D" w:rsidP="00C8231F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1139,85 +1119,67 @@
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ask for a volunteer to read scenario #1</w:t>
       </w:r>
       <w:r w:rsidR="00FC5523" w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> aloud,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C4649">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00FC5523" w:rsidRPr="007C4649">
+      <w:r w:rsidR="00A84F0A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>aloud,</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> share which</w:t>
+        <w:t>and share which</w:t>
       </w:r>
       <w:r w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> box under ‘</w:t>
       </w:r>
       <w:r w:rsidR="00B3292F" w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00E23EAA" w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eport to</w:t>
       </w:r>
@@ -1427,87 +1389,51 @@
         <w:t>Have a few participants share their thoughts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="022DB105" w14:textId="6A34E628" w:rsidR="00F37678" w:rsidRPr="007C4649" w:rsidRDefault="004F17D2" w:rsidP="00F37678">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The facilitator will explain that snitching is to tell </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> keep others safe</w:t>
+        <w:t>The facilitator will explain that snitching is to tell in order to get someone in trouble. Reporting is to tell in order to keep others safe</w:t>
       </w:r>
       <w:r w:rsidR="00F37678" w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71DB1927" w14:textId="1ACAD4DE" w:rsidR="00773598" w:rsidRPr="007C4649" w:rsidRDefault="00773598" w:rsidP="00AA22AB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1723,77 +1649,59 @@
         </w:rPr>
         <w:t xml:space="preserve">Have the </w:t>
       </w:r>
       <w:r w:rsidR="006542C5" w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">groups brainstorm </w:t>
       </w:r>
       <w:r w:rsidR="0017389E" w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">what they believe would be examples of </w:t>
       </w:r>
       <w:r w:rsidR="00047100" w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">snitching and reporting and </w:t>
-[...8 lines deleted...]
-        <w:t>w</w:t>
+        <w:t>snitching and reporting and w</w:t>
       </w:r>
       <w:r w:rsidR="00EB21D3" w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>rite</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> them on the T-chart in the appropriate places</w:t>
+        <w:t>rite them on the T-chart in the appropriate places</w:t>
       </w:r>
       <w:r w:rsidR="00FD4DAB" w:rsidRPr="007C4649">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BCBE52A" w14:textId="55CEC55F" w:rsidR="00281B15" w:rsidRPr="004F17D2" w:rsidRDefault="00281B15" w:rsidP="00FF08B4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2019,62 +1927,52 @@
         </w:rPr>
         <w:t xml:space="preserve"> No single sign means a child is violent but when multiple </w:t>
       </w:r>
       <w:r w:rsidR="009860AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>signs</w:t>
       </w:r>
       <w:r w:rsidR="004F17D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009860AB">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">appear together, it’s time to </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>appear together, it’s time to take action</w:t>
+      </w:r>
       <w:r w:rsidR="004F17D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44221AFD" w14:textId="6977FFB3" w:rsidR="00AE4EFE" w:rsidRPr="007C4649" w:rsidRDefault="00E80538" w:rsidP="00AE4EFE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8057,51 +7955,50 @@
   </w:num>
   <w:num w:numId="43" w16cid:durableId="83504">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="694818072">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1068383651">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1104111504">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="772826034">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="316150265">
     <w:abstractNumId w:val="35"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00623DEA"/>
     <w:rsid w:val="000023BD"/>
     <w:rsid w:val="0001131F"/>
     <w:rsid w:val="00013E17"/>
     <w:rsid w:val="00016A77"/>
     <w:rsid w:val="000243D2"/>
@@ -8243,50 +8140,51 @@
     <w:rsid w:val="00495099"/>
     <w:rsid w:val="004A3D2F"/>
     <w:rsid w:val="004C1842"/>
     <w:rsid w:val="004C3A07"/>
     <w:rsid w:val="004C4E8D"/>
     <w:rsid w:val="004C78EF"/>
     <w:rsid w:val="004D294F"/>
     <w:rsid w:val="004D4DD7"/>
     <w:rsid w:val="004E420C"/>
     <w:rsid w:val="004F17D2"/>
     <w:rsid w:val="004F3387"/>
     <w:rsid w:val="005025E3"/>
     <w:rsid w:val="00505FCF"/>
     <w:rsid w:val="0051047F"/>
     <w:rsid w:val="00515275"/>
     <w:rsid w:val="005172E5"/>
     <w:rsid w:val="005313CB"/>
     <w:rsid w:val="00532552"/>
     <w:rsid w:val="00536883"/>
     <w:rsid w:val="00537AA2"/>
     <w:rsid w:val="005423B3"/>
     <w:rsid w:val="0054297A"/>
     <w:rsid w:val="0055317A"/>
     <w:rsid w:val="00556553"/>
     <w:rsid w:val="005628B4"/>
+    <w:rsid w:val="005632EF"/>
     <w:rsid w:val="005738D7"/>
     <w:rsid w:val="00577C34"/>
     <w:rsid w:val="00580D73"/>
     <w:rsid w:val="00582991"/>
     <w:rsid w:val="00582C01"/>
     <w:rsid w:val="005957A6"/>
     <w:rsid w:val="005A0DFE"/>
     <w:rsid w:val="005A29EE"/>
     <w:rsid w:val="005B49B1"/>
     <w:rsid w:val="005C1A5A"/>
     <w:rsid w:val="005C1E4E"/>
     <w:rsid w:val="005C2DE1"/>
     <w:rsid w:val="005D543A"/>
     <w:rsid w:val="005E512E"/>
     <w:rsid w:val="005E5535"/>
     <w:rsid w:val="005E590C"/>
     <w:rsid w:val="00600B44"/>
     <w:rsid w:val="00602E6E"/>
     <w:rsid w:val="006046EB"/>
     <w:rsid w:val="00613078"/>
     <w:rsid w:val="00613DC0"/>
     <w:rsid w:val="006172F8"/>
     <w:rsid w:val="00623DEA"/>
     <w:rsid w:val="006242D8"/>
     <w:rsid w:val="006248E1"/>
@@ -8387,50 +8285,51 @@
     <w:rsid w:val="008C7C6E"/>
     <w:rsid w:val="008C7DD0"/>
     <w:rsid w:val="008D43A7"/>
     <w:rsid w:val="008E20E2"/>
     <w:rsid w:val="008F42C0"/>
     <w:rsid w:val="008F5647"/>
     <w:rsid w:val="0090042F"/>
     <w:rsid w:val="009006DD"/>
     <w:rsid w:val="009070E8"/>
     <w:rsid w:val="00923AF1"/>
     <w:rsid w:val="009302B3"/>
     <w:rsid w:val="00936D9E"/>
     <w:rsid w:val="0094008F"/>
     <w:rsid w:val="00942956"/>
     <w:rsid w:val="00944671"/>
     <w:rsid w:val="0094601E"/>
     <w:rsid w:val="00950E1B"/>
     <w:rsid w:val="0095152E"/>
     <w:rsid w:val="00953B06"/>
     <w:rsid w:val="00961B69"/>
     <w:rsid w:val="00963984"/>
     <w:rsid w:val="0096500A"/>
     <w:rsid w:val="0096504A"/>
     <w:rsid w:val="009679E9"/>
     <w:rsid w:val="00971B3C"/>
+    <w:rsid w:val="00973B16"/>
     <w:rsid w:val="009753F0"/>
     <w:rsid w:val="00977A39"/>
     <w:rsid w:val="009860AB"/>
     <w:rsid w:val="009901E5"/>
     <w:rsid w:val="00990F8C"/>
     <w:rsid w:val="0099636F"/>
     <w:rsid w:val="00997B09"/>
     <w:rsid w:val="009A2EBF"/>
     <w:rsid w:val="009A48BC"/>
     <w:rsid w:val="009A5973"/>
     <w:rsid w:val="009A6E33"/>
     <w:rsid w:val="009A6E7C"/>
     <w:rsid w:val="009B25EF"/>
     <w:rsid w:val="009C0F69"/>
     <w:rsid w:val="009C5929"/>
     <w:rsid w:val="009C7775"/>
     <w:rsid w:val="009D0224"/>
     <w:rsid w:val="009E3FF6"/>
     <w:rsid w:val="009F0F50"/>
     <w:rsid w:val="009F615A"/>
     <w:rsid w:val="00A01395"/>
     <w:rsid w:val="00A0384F"/>
     <w:rsid w:val="00A1117A"/>
     <w:rsid w:val="00A1490D"/>
     <w:rsid w:val="00A22E65"/>
@@ -9973,50 +9872,51 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DC2F0F"/>
     <w:rsid w:val="00084424"/>
     <w:rsid w:val="0008726A"/>
     <w:rsid w:val="000B6755"/>
     <w:rsid w:val="000E1CB5"/>
     <w:rsid w:val="00107DCC"/>
     <w:rsid w:val="0018352B"/>
     <w:rsid w:val="001A4B71"/>
     <w:rsid w:val="001C625E"/>
     <w:rsid w:val="00265B4F"/>
     <w:rsid w:val="002B16F1"/>
     <w:rsid w:val="00335958"/>
     <w:rsid w:val="00335E92"/>
     <w:rsid w:val="00345CB4"/>
     <w:rsid w:val="00412323"/>
     <w:rsid w:val="00450F85"/>
     <w:rsid w:val="007811E4"/>
     <w:rsid w:val="00794313"/>
     <w:rsid w:val="0082022A"/>
     <w:rsid w:val="00824D64"/>
+    <w:rsid w:val="00973B16"/>
     <w:rsid w:val="00C55B3D"/>
     <w:rsid w:val="00C96097"/>
     <w:rsid w:val="00D52BCB"/>
     <w:rsid w:val="00D816F2"/>
     <w:rsid w:val="00DC2F0F"/>
     <w:rsid w:val="00EA1521"/>
     <w:rsid w:val="00F11A3E"/>
     <w:rsid w:val="00F90C94"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
@@ -10755,54 +10655,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001D68C54F14245A41ABB6A58E436808E3" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7e135111e5fb799507239e96199f7a6a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xmlns:ns3="4800617c-8abc-4513-8684-14d29e623f83" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7fd6e20374dea80c67ba280ef0ebe7d3" ns2:_="" ns3:_="">
     <xsd:import namespace="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <xsd:import namespace="4800617c-8abc-4513-8684-14d29e623f83"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -11001,146 +10897,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="4800617c-8abc-4513-8684-14d29e623f83">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90929A4F-8993-4F2C-9255-44E3B039EFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
     <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3E068F2-D67B-49E6-9E51-CA0DFB56C85A}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5674393A-9F75-4A16-A852-E5A3E79EEA8A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F962F607-E10B-4226-910B-46B1FDC1A666}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4800617c-8abc-4513-8684-14d29e623f83"/>
     <ds:schemaRef ds:uri="8c4dff40-d60a-4cfd-92df-7cf6bf44fb38"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3E068F2-D67B-49E6-9E51-CA0DFB56C85A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>747</Words>
-  <Characters>3618</Characters>
+  <Words>651</Words>
+  <Characters>3713</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>63</Paragraphs>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Arizona Bar Foundation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4302</CharactersWithSpaces>
+  <CharactersWithSpaces>4356</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jennifer Castro</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001D68C54F14245A41ABB6A58E436808E3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>