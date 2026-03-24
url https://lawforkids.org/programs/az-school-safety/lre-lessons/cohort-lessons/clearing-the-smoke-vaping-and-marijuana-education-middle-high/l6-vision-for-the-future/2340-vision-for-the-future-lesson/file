--- v0 (2025-10-10)
+++ v1 (2026-03-24)
@@ -495,261 +495,336 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D306159" w14:textId="6EC505A6" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00441985">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441985">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Materials:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="746B8E99" w14:textId="77777777" w:rsidR="00C4008D" w:rsidRPr="00C42FD4" w:rsidRDefault="00C4008D" w:rsidP="00C4008D">
-[...22 lines deleted...]
-    <w:p w14:paraId="24E720F5" w14:textId="47924FF1" w:rsidR="000E2C0A" w:rsidRDefault="00A71B0F" w:rsidP="000B5FF2">
+    <w:p w14:paraId="4DBAE81F" w14:textId="77777777" w:rsidR="004A5C0B" w:rsidRPr="004A5C0B" w:rsidRDefault="004A5C0B" w:rsidP="004A5C0B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-[...30 lines deleted...]
-        <w:t>per student</w:t>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5C0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sticky Note Pads, 1 different color pad per small group</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D5C2765" w14:textId="182485EF" w:rsidR="00113B44" w:rsidRDefault="00A71B0F" w:rsidP="00EF33CA">
-[...38 lines deleted...]
-    <w:p w14:paraId="5642ADC9" w14:textId="2A374379" w:rsidR="00C4008D" w:rsidRDefault="00C4008D" w:rsidP="00C4008D">
+    <w:p w14:paraId="1667D80A" w14:textId="77777777" w:rsidR="004A5C0B" w:rsidRPr="004A5C0B" w:rsidRDefault="004A5C0B" w:rsidP="004A5C0B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
-[...12 lines deleted...]
-        <w:t>Blank Copy Paper, 1 per student</w:t>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5C0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Writing utensil, 1 different color pen/pencil per student within each small group</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6270C8CD" w14:textId="5711E411" w:rsidR="00C4008D" w:rsidRDefault="00C4008D" w:rsidP="00C4008D">
+    <w:p w14:paraId="24E720F5" w14:textId="47924FF1" w:rsidR="000E2C0A" w:rsidRDefault="00A71B0F" w:rsidP="000B5FF2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Markers for each group</w:t>
+        <w:t xml:space="preserve">Healthy Alternatives Chart, 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4008D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">copy </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per student</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0126836B" w14:textId="79FEF59A" w:rsidR="00A71B0F" w:rsidRDefault="00A71B0F" w:rsidP="00EF33CA">
+    <w:p w14:paraId="2D5C2765" w14:textId="182485EF" w:rsidR="00113B44" w:rsidRDefault="00A71B0F" w:rsidP="00EF33CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Scissors, 1 per student</w:t>
+        <w:t xml:space="preserve">Goal Worksheet, 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4008D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">copy </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per student</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FB115F0" w14:textId="16F675C2" w:rsidR="00A71B0F" w:rsidRDefault="00A71B0F" w:rsidP="00EF33CA">
+    <w:p w14:paraId="5642ADC9" w14:textId="2A374379" w:rsidR="00C4008D" w:rsidRDefault="00C4008D" w:rsidP="00C4008D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Blank Copy Paper, 1 per student</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6270C8CD" w14:textId="5711E411" w:rsidR="00C4008D" w:rsidRDefault="00C4008D" w:rsidP="00C4008D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Markers for each group</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0126836B" w14:textId="79FEF59A" w:rsidR="00A71B0F" w:rsidRDefault="00A71B0F" w:rsidP="00EF33CA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Scissors, 1 per student</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB115F0" w14:textId="16F675C2" w:rsidR="00A71B0F" w:rsidRDefault="00A71B0F" w:rsidP="00EF33CA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Glue Sticks, 1 per student</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47CD8D00" w14:textId="77777777" w:rsidR="004A5C0B" w:rsidRDefault="004A5C0B" w:rsidP="004A5C0B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD0326">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Prior to the lesson:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="299F30AC" w14:textId="3CDEBB8B" w:rsidR="004A5C0B" w:rsidRPr="004A5C0B" w:rsidRDefault="004A5C0B" w:rsidP="004A5C0B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="45"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5C0B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If there are concerns that students may write inappropriate comments on the sticky notes, assign each small group a different color pad of sticky notes. Then, within each small group, ensure each student has a different color writing utensil. If an inappropriate comment is made, you can identify the student</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="088F3FD1" w14:textId="77777777" w:rsidR="00EF33CA" w:rsidRPr="00441985" w:rsidRDefault="00EF33CA" w:rsidP="00441985">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="103BD680" w14:textId="5F5E6404" w:rsidR="00DD3CC7" w:rsidRPr="00441985" w:rsidRDefault="00DD3CC7" w:rsidP="00441985">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -852,149 +927,133 @@
         <w:t xml:space="preserve">Having both the officer and teacher rotate among students and to different groups. Both instructors will provide positive feedback and engage in friendly conversations with students. This procedure will help reduce classroom disruptions, increase student engagement, and build supportive relationships with students. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="030DF963" w14:textId="77777777" w:rsidR="007555C6" w:rsidRPr="00CB37FF" w:rsidRDefault="007555C6" w:rsidP="007555C6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB37FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Encouraging classroom teachers to participate in all activities by injecting clarification statements by relating relevant content to their curriculum. In this method, students will see more connections to their student life and be willing to carry over concepts and skills learned in LRE.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A24F440" w14:textId="77777777" w:rsidR="007555C6" w:rsidRPr="00CB37FF" w:rsidRDefault="007555C6" w:rsidP="007555C6">
+    <w:p w14:paraId="5E846329" w14:textId="443798F3" w:rsidR="00955D65" w:rsidRPr="004A5C0B" w:rsidRDefault="007555C6" w:rsidP="00441985">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB37FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Assigning the classroom teacher part of the lesson instructions. Team teaching with the classroom teacher enables the students to further see the importance of LRE lessons. It also provides an opportunity for the classroom teacher to demonstrate teaching skills conducive </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidRPr="00CB37FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> effective teaching. Student attention can be maintained more easily with different voices and personalities experienced throughout the lesson.</w:t>
+        <w:t xml:space="preserve"> effective teaching. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB37FF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Student attention can be maintained more easily with different voices and personalities experienced throughout the lesson.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="415455B3" w14:textId="77777777" w:rsidR="00EF33CA" w:rsidRDefault="00EF33CA" w:rsidP="00441985">
+    <w:p w14:paraId="138C964F" w14:textId="77777777" w:rsidR="00955D65" w:rsidRDefault="00955D65" w:rsidP="00441985">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E846329" w14:textId="77777777" w:rsidR="00955D65" w:rsidRDefault="00955D65" w:rsidP="00441985">
+    <w:p w14:paraId="3BA2CE3D" w14:textId="77777777" w:rsidR="007555C6" w:rsidRPr="00E7236D" w:rsidRDefault="007555C6" w:rsidP="007555C6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...30 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Lesson:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FCED160" w14:textId="68BB3722" w:rsidR="007555C6" w:rsidRDefault="007555C6" w:rsidP="007555C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1013,50 +1072,51 @@
       <w:r w:rsidRPr="00C4008D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D80E0D3" w14:textId="1E027BA0" w:rsidR="000F3DF4" w:rsidRPr="000F3DF4" w:rsidRDefault="001E1B34" w:rsidP="007555C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk217379760"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ask each student to</w:t>
       </w:r>
       <w:r w:rsidR="003915BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> write a </w:t>
       </w:r>
       <w:r w:rsidR="00955D65">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>short-term</w:t>
       </w:r>
       <w:r w:rsidR="003915BF">
@@ -1501,50 +1561,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> business, </w:t>
       </w:r>
       <w:r w:rsidR="00002135">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Move into your own place</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="30300DF9" w14:textId="1389ADA2" w:rsidR="00DB2FBA" w:rsidRPr="00DB2FBA" w:rsidRDefault="00DB2FBA" w:rsidP="007555C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Explain that choices you make today can affect your ability to reach th</w:t>
       </w:r>
       <w:r w:rsidR="001E1B34">
@@ -2587,62 +2648,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB2FBA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Collect sticky notes as students exit the class and review the fact to ensure they understand the content.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B9DAA3B" w14:textId="77777777" w:rsidR="00490479" w:rsidRDefault="00490479" w:rsidP="0011539B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Emoji" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0ECCEBEE" w14:textId="77777777" w:rsidR="00392C22" w:rsidRDefault="00392C22" w:rsidP="0011539B">
-      <w:pPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="6A5B0DAC" w14:textId="77777777" w:rsidR="00392C22" w:rsidRDefault="00392C22" w:rsidP="0011539B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Emoji" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Emoji" w:cs="Segoe UI Emoji"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BB02ED3" w14:textId="44765B69" w:rsidR="0011539B" w:rsidRPr="00DC7F18" w:rsidRDefault="0011539B" w:rsidP="0011539B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC7F18">
         <w:rPr>
           <w:rFonts w:cs="Tahoma"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
@@ -3439,61 +3488,61 @@
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D91A16" w:rsidSect="009D3025">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="288" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="thinThickMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:left w:val="thinThickMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:bottom w:val="thickThinMediumGap" w:sz="12" w:space="24" w:color="auto"/>
         <w:right w:val="thickThinMediumGap" w:sz="12" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08489B10" w14:textId="77777777" w:rsidR="002F58B4" w:rsidRDefault="002F58B4" w:rsidP="00DD3CC7">
+    <w:p w14:paraId="0E58CA87" w14:textId="77777777" w:rsidR="00FA0EEB" w:rsidRDefault="00FA0EEB" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6BAF8817" w14:textId="77777777" w:rsidR="002F58B4" w:rsidRDefault="002F58B4" w:rsidP="00DD3CC7">
+    <w:p w14:paraId="63E44637" w14:textId="77777777" w:rsidR="00FA0EEB" w:rsidRDefault="00FA0EEB" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3632,61 +3681,61 @@
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00441985">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="29C9FBD4" w14:textId="77777777" w:rsidR="00DD3CC7" w:rsidRDefault="00DD3CC7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38813E96" w14:textId="77777777" w:rsidR="002F58B4" w:rsidRDefault="002F58B4" w:rsidP="00DD3CC7">
+    <w:p w14:paraId="0F83C0F2" w14:textId="77777777" w:rsidR="00FA0EEB" w:rsidRDefault="00FA0EEB" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D341CBF" w14:textId="77777777" w:rsidR="002F58B4" w:rsidRDefault="002F58B4" w:rsidP="00DD3CC7">
+    <w:p w14:paraId="76144E3A" w14:textId="77777777" w:rsidR="00FA0EEB" w:rsidRDefault="00FA0EEB" w:rsidP="00DD3CC7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04C93146"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1374C580"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1545" w:hanging="360"/>
       </w:pPr>
@@ -5885,50 +5934,163 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="372A130A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3E1AD30A"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3849096F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="27B840EE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6033,51 +6195,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38543F61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F43EB0D0"/>
     <w:lvl w:ilvl="0" w:tplc="8C4A9514">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6123,51 +6285,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="386B0DBD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A0AC7100"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -6236,51 +6398,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38A37A50"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2BFE1256"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -6349,51 +6511,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A657C05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="426818D6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6462,51 +6624,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B2E1E2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C366DBE6"/>
     <w:lvl w:ilvl="0" w:tplc="C6E0275C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6553,51 +6715,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4699115D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="966ADA24"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6666,51 +6828,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46EC7C71"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7C727F00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6815,51 +6977,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B467F3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69C4E816"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6928,51 +7090,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BD914B3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B5E810A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7077,51 +7239,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C3307B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C0286466"/>
     <w:lvl w:ilvl="0" w:tplc="21B68CE8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7167,51 +7329,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CFA61BC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="475CEA34"/>
     <w:lvl w:ilvl="0" w:tplc="645EC778">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7257,51 +7419,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F232C81"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3DF427A2"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FA94235"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="369C7788"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7374,51 +7649,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51A61BC7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9130529A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7487,51 +7762,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D7E6445"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4862363A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7600,51 +7875,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DC643B1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="62C8247A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7749,51 +8024,164 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F824B89"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="44F26C7A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61233B58"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A496786C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -7898,51 +8286,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61681F0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8CFC2452"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7984,51 +8372,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="719F292F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7990FE2C"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8070,51 +8458,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="720F73E4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7D26AF10"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8219,51 +8607,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78005949"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18280EE4"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8305,51 +8693,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7BE252F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="319A53F6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8418,51 +8806,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D934603"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26C253BA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -8531,51 +8919,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FEB214E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E8A6E3CA"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8618,181 +9006,190 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="617755361">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1003826617">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="585961761">
-    <w:abstractNumId w:val="38"/>
+    <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1351253268">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="930502399">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="774792769">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1011569796">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1775437182">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1731270083">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="884826780">
-    <w:abstractNumId w:val="29"/>
+    <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1997755855">
-    <w:abstractNumId w:val="33"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1598631114">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="297225018">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1540825041">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="725375201">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1316029334">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="281689690">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="288973284">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="621378766">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1549877310">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1109736488">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="256334544">
-    <w:abstractNumId w:val="39"/>
+    <w:abstractNumId w:val="42"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="2115200726">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="600644158">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1891528314">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1118256084">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="414976043">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="756711305">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="414976043">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="29" w16cid:durableId="307980689">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="302776394">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="503201168">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="23986903">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1533614050">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="2104179423">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="525943974">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="371537135">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="961502266">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="582646609">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="121116647">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1046023609">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1005474904">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="1944607785">
-    <w:abstractNumId w:val="32"/>
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="164561736">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="106118303">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1780486069">
+    <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="156"/>
+  <w:zoom w:percent="100"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F58B4"/>
     <w:rsid w:val="00001836"/>
     <w:rsid w:val="00002135"/>
     <w:rsid w:val="000257CB"/>
     <w:rsid w:val="00041D0D"/>
@@ -8829,80 +9226,85 @@
     <w:rsid w:val="00227893"/>
     <w:rsid w:val="0024524A"/>
     <w:rsid w:val="00251AD4"/>
     <w:rsid w:val="002536AB"/>
     <w:rsid w:val="0028507F"/>
     <w:rsid w:val="00285904"/>
     <w:rsid w:val="002A5B6E"/>
     <w:rsid w:val="002B16F1"/>
     <w:rsid w:val="002C4863"/>
     <w:rsid w:val="002C5A1A"/>
     <w:rsid w:val="002C62DA"/>
     <w:rsid w:val="002F3156"/>
     <w:rsid w:val="002F58B4"/>
     <w:rsid w:val="00315CC4"/>
     <w:rsid w:val="003521E7"/>
     <w:rsid w:val="003915BF"/>
     <w:rsid w:val="00392C22"/>
     <w:rsid w:val="00392FEB"/>
     <w:rsid w:val="003B2984"/>
     <w:rsid w:val="0040132C"/>
     <w:rsid w:val="00412D98"/>
     <w:rsid w:val="00424A67"/>
     <w:rsid w:val="00441985"/>
     <w:rsid w:val="0044630F"/>
     <w:rsid w:val="00490479"/>
+    <w:rsid w:val="004A5C0B"/>
     <w:rsid w:val="004A68C8"/>
     <w:rsid w:val="004C4E8D"/>
     <w:rsid w:val="004C78EF"/>
     <w:rsid w:val="00504F9D"/>
     <w:rsid w:val="00510786"/>
     <w:rsid w:val="00516DBB"/>
+    <w:rsid w:val="00535AA2"/>
+    <w:rsid w:val="00565B4A"/>
     <w:rsid w:val="00574BD1"/>
     <w:rsid w:val="00580D73"/>
     <w:rsid w:val="005D612C"/>
     <w:rsid w:val="00606CFE"/>
     <w:rsid w:val="006349C5"/>
     <w:rsid w:val="00674731"/>
     <w:rsid w:val="00696386"/>
     <w:rsid w:val="006E1FB3"/>
     <w:rsid w:val="006E1FEA"/>
     <w:rsid w:val="006F70EF"/>
+    <w:rsid w:val="00712127"/>
     <w:rsid w:val="00721C5E"/>
     <w:rsid w:val="00731CDB"/>
     <w:rsid w:val="007555C6"/>
     <w:rsid w:val="0078641D"/>
     <w:rsid w:val="00823CEA"/>
     <w:rsid w:val="00823E75"/>
     <w:rsid w:val="008451DB"/>
     <w:rsid w:val="00861102"/>
     <w:rsid w:val="0087334E"/>
     <w:rsid w:val="008756EA"/>
     <w:rsid w:val="00884B5E"/>
     <w:rsid w:val="008969EE"/>
     <w:rsid w:val="008F5A8B"/>
     <w:rsid w:val="008F7C35"/>
+    <w:rsid w:val="00901723"/>
     <w:rsid w:val="00913D75"/>
     <w:rsid w:val="009302B3"/>
     <w:rsid w:val="00933966"/>
     <w:rsid w:val="00955D65"/>
     <w:rsid w:val="0096500A"/>
     <w:rsid w:val="009661C2"/>
     <w:rsid w:val="00995259"/>
     <w:rsid w:val="009D3025"/>
     <w:rsid w:val="009D50A9"/>
     <w:rsid w:val="00A17781"/>
     <w:rsid w:val="00A71B0F"/>
     <w:rsid w:val="00A9582B"/>
     <w:rsid w:val="00AF64B2"/>
     <w:rsid w:val="00B55893"/>
     <w:rsid w:val="00B82918"/>
     <w:rsid w:val="00BA1AFE"/>
     <w:rsid w:val="00BA57B3"/>
     <w:rsid w:val="00BD5ADA"/>
     <w:rsid w:val="00C347FB"/>
     <w:rsid w:val="00C4008D"/>
     <w:rsid w:val="00C42FD4"/>
     <w:rsid w:val="00C51FCB"/>
     <w:rsid w:val="00C61044"/>
     <w:rsid w:val="00C63EFC"/>
     <w:rsid w:val="00C646B4"/>
@@ -8916,54 +9318,57 @@
     <w:rsid w:val="00D81B5E"/>
     <w:rsid w:val="00D91A16"/>
     <w:rsid w:val="00D9458B"/>
     <w:rsid w:val="00D9683C"/>
     <w:rsid w:val="00D97D79"/>
     <w:rsid w:val="00DB2FBA"/>
     <w:rsid w:val="00DC7F18"/>
     <w:rsid w:val="00DD3CC7"/>
     <w:rsid w:val="00DD6872"/>
     <w:rsid w:val="00E21319"/>
     <w:rsid w:val="00E2735C"/>
     <w:rsid w:val="00E70BDE"/>
     <w:rsid w:val="00E71703"/>
     <w:rsid w:val="00E81C51"/>
     <w:rsid w:val="00EA26B8"/>
     <w:rsid w:val="00EA436E"/>
     <w:rsid w:val="00EB0D8E"/>
     <w:rsid w:val="00EB311E"/>
     <w:rsid w:val="00EB370B"/>
     <w:rsid w:val="00ED69C8"/>
     <w:rsid w:val="00EE28B8"/>
     <w:rsid w:val="00EE5B27"/>
     <w:rsid w:val="00EF33CA"/>
     <w:rsid w:val="00F11A3E"/>
     <w:rsid w:val="00F12DB0"/>
+    <w:rsid w:val="00F41389"/>
+    <w:rsid w:val="00F4757F"/>
     <w:rsid w:val="00F644F6"/>
     <w:rsid w:val="00F83A4A"/>
     <w:rsid w:val="00F90C94"/>
     <w:rsid w:val="00F952A1"/>
+    <w:rsid w:val="00FA0EEB"/>
     <w:rsid w:val="00FC2838"/>
     <w:rsid w:val="00FC36B0"/>
     <w:rsid w:val="00FC424F"/>
     <w:rsid w:val="00FD115E"/>
     <w:rsid w:val="00FD1275"/>
     <w:rsid w:val="00FE7138"/>
     <w:rsid w:val="00FF0114"/>
     <w:rsid w:val="00FF2904"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -9725,50 +10130,80 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D9458B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00D9683C"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004A5C0B"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004A5C0B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="162472372">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="640765592">
           <w:blockQuote w:val="1"/>
           <w:marLeft w:val="720"/>
           <w:marRight w:val="720"/>
           <w:marTop w:val="100"/>
           <w:marBottom w:val="100"/>
@@ -10372,65 +10807,65 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8A1F4BD-99BC-4BC7-94AA-18F19EDDE28A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Marijuana Lesson Template</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>978</Words>
-  <Characters>5578</Characters>
+  <Words>1104</Words>
+  <Characters>5887</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>130</Lines>
+  <Paragraphs>87</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Arizona Bar Foundation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6543</CharactersWithSpaces>
+  <CharactersWithSpaces>6904</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Diana Strouth</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>